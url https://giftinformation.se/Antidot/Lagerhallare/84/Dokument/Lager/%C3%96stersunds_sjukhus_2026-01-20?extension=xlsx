--- v0 (2026-01-20)
+++ v1 (2026-03-11)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a9ea3237e924e20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a9b4811e2d464a0982e7263e7998a3aa.psmdcp" Id="Rfbe1f3986b8b46f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R622c9d1bee0041f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3423cdd184d746d09b45a93ee9985765.psmdcp" Id="R1388238543954f3d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Lagerhållna antidoter" sheetId="1" r:id="rId2"/>
     <x:sheet name="Nya lagerhållna antidoter" sheetId="2" r:id="rId3"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Lagerhållare</x:t>
   </x:si>
   <x:si>
     <x:t>Produktnamn</x:t>
   </x:si>
@@ -1687,51 +1687,51 @@
       </x:c>
     </x:row>
     <x:row r="8" spans="1:13">
       <x:c r="A8" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B8" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C8" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D8" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E8" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F8" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G8" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H8" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I8" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J8" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K8" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L8" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M8" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:13">
       <x:c r="A9" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B9" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C9" s="4">
@@ -2138,51 +2138,51 @@
       </x:c>
     </x:row>
     <x:row r="19" spans="1:13">
       <x:c r="A19" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B19" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C19" s="4">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D19" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E19" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F19" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G19" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="H19" s="4">
-        <x:v>3</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J19" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K19" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L19" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M19" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:13">
       <x:c r="A20" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B20" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C20" s="4">
@@ -2343,51 +2343,51 @@
       </x:c>
     </x:row>
     <x:row r="24" spans="1:13">
       <x:c r="A24" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B24" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C24" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D24" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E24" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F24" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G24" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H24" s="4">
-        <x:v>1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I24" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="J24" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="K24" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="L24" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M24" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:13">
       <x:c r="A25" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B25" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C25" s="4">
@@ -2589,51 +2589,51 @@
       </x:c>
     </x:row>
     <x:row r="30" spans="1:13">
       <x:c r="A30" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B30" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C30" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D30" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E30" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F30" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G30" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="H30" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I30" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J30" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="K30" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="L30" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M30" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:13">
       <x:c r="A31" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B31" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C31" s="4">
@@ -2671,51 +2671,51 @@
       </x:c>
     </x:row>
     <x:row r="32" spans="1:13">
       <x:c r="A32" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B32" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C32" s="4">
         <x:v>10</x:v>
       </x:c>
       <x:c r="D32" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E32" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F32" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G32" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="H32" s="4">
-        <x:v>10</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I32" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="J32" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="K32" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="L32" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M32" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:13">
       <x:c r="A33" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B33" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C33" s="4">
@@ -3204,51 +3204,51 @@
       </x:c>
     </x:row>
     <x:row r="45" spans="1:13">
       <x:c r="A45" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B45" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="C45" s="4">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D45" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E45" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F45" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G45" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="H45" s="4">
-        <x:v>2</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J45" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="K45" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L45" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M45" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:13">
       <x:c r="A46" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B46" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="C46" s="4">