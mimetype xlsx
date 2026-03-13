--- v0 (2026-01-15)
+++ v1 (2026-03-13)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f731238b8394624" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/55420fd66c864a6fb7f3c50ea0514a33.psmdcp" Id="Rc2c7ccc50ea54f98" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R671d2ea03bbd483c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7d9dedebb729407687af41df392fe127.psmdcp" Id="R9782d89f0b634793" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Lagerhållna antidoter" sheetId="1" r:id="rId2"/>
     <x:sheet name="Nya lagerhållna antidoter" sheetId="2" r:id="rId3"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Lagerhållare</x:t>
   </x:si>
   <x:si>
     <x:t>Produktnamn</x:t>
   </x:si>
@@ -116,102 +116,102 @@
   <x:si>
     <x:t>19600130000031</x:t>
   </x:si>
   <x:si>
     <x:t>19600101100012</x:t>
   </x:si>
   <x:si>
     <x:t>Biperiden</x:t>
   </x:si>
   <x:si>
     <x:t>Dantrium, Pulver till injektionsvätska, lösning 20 mg</x:t>
   </x:si>
   <x:si>
     <x:t>Operation</x:t>
   </x:si>
   <x:si>
     <x:t>12 x 20 mg</x:t>
   </x:si>
   <x:si>
     <x:t>20180103000030</x:t>
   </x:si>
   <x:si>
     <x:t>Dantrium</x:t>
   </x:si>
   <x:si>
+    <x:t>Flumazenil hameln, Injektions-/infusionsvätska, lösning 0,1 mg/ml</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ampull, 5 x 5 ml</x:t>
+  </x:si>
+  <x:si>
+    <x:t>036259</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20050620000571</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20050701100152</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Flumazenil</x:t>
+  </x:si>
+  <x:si>
     <x:t>Glukos-etanol APL, Infusionsvätska, lösning 50 mg/ml + 100 mg/ml</x:t>
   </x:si>
   <x:si>
     <x:t>Flaska, 500 ml</x:t>
   </x:si>
   <x:si>
     <x:t>325027</x:t>
   </x:si>
   <x:si>
     <x:t>20030804001228</x:t>
   </x:si>
   <x:si>
     <x:t>20031002101352</x:t>
   </x:si>
   <x:si>
     <x:t>Etanol</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Kräksirap APL, Oral lösning </x:t>
   </x:si>
   <x:si>
     <x:t>Flaska, 60 ml</x:t>
   </x:si>
   <x:si>
     <x:t>333856</x:t>
   </x:si>
   <x:si>
     <x:t>20030804002355</x:t>
   </x:si>
   <x:si>
     <x:t>20031002103042</x:t>
   </x:si>
   <x:si>
     <x:t>Ipekakuana</x:t>
-  </x:si>
-[...16 lines deleted...]
-    <x:t>Flumazenil</x:t>
   </x:si>
   <x:si>
     <x:t>Miacalcic®, Injektions-/infusionsvätska, lösning 100 IE/ml</x:t>
   </x:si>
   <x:si>
     <x:t>159605</x:t>
   </x:si>
   <x:si>
     <x:t>19771118000012</x:t>
   </x:si>
   <x:si>
     <x:t>19790401100116</x:t>
   </x:si>
   <x:si>
     <x:t>Kalcitonin</x:t>
   </x:si>
   <x:si>
     <x:t>Naloxon Hameln, Injektions-/infusionsvätska, lösning 0,4 mg/ml</x:t>
   </x:si>
   <x:si>
     <x:t>Ampull, 10 x 1 ml</x:t>
   </x:si>
   <x:si>
     <x:t>112695</x:t>
   </x:si>
@@ -982,189 +982,189 @@
       </x:c>
       <x:c r="I4" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J4" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="K4" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L4" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M4" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:13">
       <x:c r="A5" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B5" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C5" s="4">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D5" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E5" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F5" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G5" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H5" s="4">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J5" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K5" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L5" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M5" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:13">
       <x:c r="A6" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B6" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C6" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D6" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E6" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F6" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="G6" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H6" s="4">
-        <x:v>1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="I6" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J6" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K6" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L6" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M6" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:13">
       <x:c r="A7" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B7" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C7" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D7" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E7" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F7" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G7" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="H7" s="4">
-        <x:v>3</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="J7" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="K7" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L7" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M7" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:13">
       <x:c r="A8" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B8" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C8" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D8" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E8" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F8" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G8" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H8" s="4">
-        <x:v>3</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I8" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="J8" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K8" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L8" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M8" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:13">
       <x:c r="A9" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B9" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C9" s="4">
@@ -1202,51 +1202,51 @@
       </x:c>
     </x:row>
     <x:row r="10" spans="1:13">
       <x:c r="A10" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B10" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C10" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D10" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E10" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F10" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G10" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H10" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I10" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J10" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K10" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L10" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M10" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:13">
       <x:c r="A11" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B11" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C11" s="4">
@@ -1322,51 +1322,51 @@
       </x:c>
       <x:c r="M12" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:13">
       <x:c r="A13" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B13" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C13" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D13" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E13" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F13" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G13" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H13" s="4">
         <x:v>2</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="J13" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="K13" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L13" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M13" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:sheetProtection sheet="1" objects="1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>