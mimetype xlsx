--- v0 (2026-01-20)
+++ v1 (2026-03-13)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R751d1dd4f9294461" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f72533c6db4d4629b54f872586bd5277.psmdcp" Id="R1a578e821b4a41c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40c0708c6e0944ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f7ee8769099f483ebb43641a80969dd8.psmdcp" Id="R8a574b52178f4952" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Lagerhållna antidoter" sheetId="1" r:id="rId2"/>
     <x:sheet name="Nya lagerhållna antidoter" sheetId="2" r:id="rId3"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Lagerhållare</x:t>
   </x:si>
   <x:si>
     <x:t>Produktnamn</x:t>
   </x:si>
@@ -1608,51 +1608,51 @@
       </x:c>
     </x:row>
     <x:row r="9" spans="1:13">
       <x:c r="A9" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B9" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C9" s="4">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D9" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E9" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F9" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="G9" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H9" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J9" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K9" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L9" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M9" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:13">
       <x:c r="A10" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B10" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C10" s="4">
@@ -1977,51 +1977,51 @@
       </x:c>
     </x:row>
     <x:row r="18" spans="1:13">
       <x:c r="A18" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B18" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C18" s="4">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D18" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E18" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F18" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="G18" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="H18" s="4">
-        <x:v>3</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I18" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="J18" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="K18" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L18" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M18" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:13">
       <x:c r="A19" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B19" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C19" s="4">
@@ -2141,51 +2141,51 @@
       </x:c>
     </x:row>
     <x:row r="22" spans="1:13">
       <x:c r="A22" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B22" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C22" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D22" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E22" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F22" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="G22" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="H22" s="4">
-        <x:v>1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I22" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J22" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="K22" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="L22" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M22" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:13">
       <x:c r="A23" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B23" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C23" s="4">
@@ -2838,51 +2838,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:13">
       <x:c r="A39" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B39" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="C39" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D39" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E39" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F39" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="G39" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="H39" s="4">
-        <x:v>2</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J39" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="K39" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L39" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M39" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:13">
       <x:c r="A40" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B40" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C40" s="4">