--- v0 (2025-12-14)
+++ v1 (2026-03-11)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra774f8b6ebb04599" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d6f0678586a14812a2350135a58a7e4b.psmdcp" Id="R2f6b901bb2b944d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4454fa6063d9406a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/83b8f13454944f6fb2fb937a8b66d75a.psmdcp" Id="R511baf981ddb40de" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Lagerhållna antidoter" sheetId="1" r:id="rId2"/>
     <x:sheet name="Nya lagerhållna antidoter" sheetId="2" r:id="rId3"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Lagerhållare</x:t>
   </x:si>
   <x:si>
     <x:t>Produktnamn</x:t>
   </x:si>
@@ -455,68 +455,50 @@
   <x:si>
     <x:t>20070309100293</x:t>
   </x:si>
   <x:si>
     <x:t>Natriumtiosulfat</x:t>
   </x:si>
   <x:si>
     <x:t>NovoRapid®, Injektionsvätska, lösning 100 E/ml</x:t>
   </x:si>
   <x:si>
     <x:t>Injektionsflaska, 10 ml</x:t>
   </x:si>
   <x:si>
     <x:t>007523</x:t>
   </x:si>
   <x:si>
     <x:t>19990907000013</x:t>
   </x:si>
   <x:si>
     <x:t>19990907100027</x:t>
   </x:si>
   <x:si>
     <x:t>Insulin</x:t>
   </x:si>
   <x:si>
-    <x:t>Ocplex®, Pulver och vätska till infusionsvätska, lösning 500 IE</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Olanzapine Teva, Munsönderfallande tablett 5 mg</x:t>
   </x:si>
   <x:si>
     <x:t>Blister, 30 tabletter</x:t>
   </x:si>
   <x:si>
     <x:t>469840</x:t>
   </x:si>
   <x:si>
     <x:t>20070127000102</x:t>
   </x:si>
   <x:si>
     <x:t>20070312100440</x:t>
   </x:si>
   <x:si>
     <x:t>Olanzapin</x:t>
   </x:si>
   <x:si>
     <x:t>Periactin, Tablett 4 mg</x:t>
   </x:si>
   <x:si>
     <x:t>30 tabletter</x:t>
   </x:si>
   <x:si>
     <x:t>20130603009378</x:t>
@@ -665,57 +647,57 @@
   <x:si>
     <x:t>20130603015119</x:t>
   </x:si>
   <x:si>
     <x:t>Obidoxim</x:t>
   </x:si>
   <x:si>
     <x:t>Ventoline®, Lösning för nebulisator 2 mg/ml</x:t>
   </x:si>
   <x:si>
     <x:t>Endosbehållare, 60 x 2,5 ml</x:t>
   </x:si>
   <x:si>
     <x:t>476606</x:t>
   </x:si>
   <x:si>
     <x:t>19900202000137</x:t>
   </x:si>
   <x:si>
     <x:t>10010101111090</x:t>
   </x:si>
   <x:si>
     <x:t>Salbutamol</x:t>
   </x:si>
   <x:si>
-    <x:t>ViperaTAb, Koncentrat till infusionsvätska, lösning 100 mg</x:t>
-[...5 lines deleted...]
-    <x:t>20130603024548</x:t>
+    <x:t xml:space="preserve">Viperfav, Koncentrat till infusionsvätska, lösning </x:t>
+  </x:si>
+  <x:si>
+    <x:t>4 ml</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20131010000651</x:t>
   </x:si>
   <x:si>
     <x:t>Immunserum mot huggormsgift</x:t>
   </x:si>
   <x:si>
     <x:t>Zeltacin, Injektions-/infusionsvätska, lösning 100 mg/ml</x:t>
   </x:si>
   <x:si>
     <x:t>Flaska, 50 ml</x:t>
   </x:si>
   <x:si>
     <x:t>411233</x:t>
   </x:si>
   <x:si>
     <x:t>20220525000031</x:t>
   </x:si>
   <x:si>
     <x:t>20220921100038</x:t>
   </x:si>
   <x:si>
     <x:t>Zyprexa®, Pulver till injektionsvätska, lösning 10 mg</x:t>
   </x:si>
   <x:si>
     <x:t>Injektionsflaska, 1 st</x:t>
   </x:si>
@@ -907,52 +889,52 @@
       </x:fill>
       <x:border>
         <x:left style="thin"/>
         <x:right style="thin"/>
       </x:border>
     </x:dxf>
     <x:dxf>
       <x:fill>
         <x:patternFill patternType="solid">
           <x:fgColor auto="1"/>
           <x:bgColor rgb="00FFFFFF"/>
         </x:patternFill>
       </x:fill>
       <x:border>
         <x:right style="thin"/>
       </x:border>
     </x:dxf>
   </x:dxfs>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="rId9" /></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Antidoter" displayName="Antidoter" ref="A1:M51" totalsRowShown="0">
-  <x:autoFilter ref="A1:M51"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Antidoter" displayName="Antidoter" ref="A1:M50" totalsRowShown="0">
+  <x:autoFilter ref="A1:M50"/>
   <x:tableColumns count="13">
     <x:tableColumn id="1" name="Lagerhållare" dataDxfId="0"/>
     <x:tableColumn id="2" name="Produktnamn" dataDxfId="0"/>
     <x:tableColumn id="3" name="Antal i lager" dataDxfId="0"/>
     <x:tableColumn id="4" name="Nytt antal i lager" dataDxfId="1"/>
     <x:tableColumn id="5" name="Ny lagerplats" dataDxfId="2"/>
     <x:tableColumn id="6" name="Lagerplats" dataDxfId="0"/>
     <x:tableColumn id="7" name="Förpackning" dataDxfId="0"/>
     <x:tableColumn id="8" name="Rekommenderat antal" dataDxfId="0"/>
     <x:tableColumn id="9" name="Varunummer" dataDxfId="0"/>
     <x:tableColumn id="10" name="NPL/SB-id" dataDxfId="0"/>
     <x:tableColumn id="11" name="NPL/SB-packid" dataDxfId="0"/>
     <x:tableColumn id="12" name="Ort" dataDxfId="0"/>
     <x:tableColumn id="13" name="Substans" dataDxfId="0"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="2" name="NyaAntidoter" displayName="NyaAntidoter" ref="A1:K2" totalsRowShown="0">
   <x:autoFilter ref="A1:K2"/>
   <x:tableColumns count="11">
     <x:tableColumn id="1" name="Lagerhållare"/>
     <x:tableColumn id="2" name="Produktnamn"/>
@@ -1242,69 +1224,69 @@
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table2.xml" Id="rId7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:M51"/>
+  <x:dimension ref="A1:M50"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="17.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="80.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="13.424911" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="17.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="30.710625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="24.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="33.710625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="23.282054" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="15.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="15.567768" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="16.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="9.139196" style="0" customWidth="1"/>
-    <x:col min="13" max="13" width="53.996339" style="0" customWidth="1"/>
+    <x:col min="13" max="13" width="37.567768" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:13">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="F1" s="1" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="G1" s="1" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="H1" s="1" t="s">
@@ -1655,133 +1637,133 @@
       </x:c>
     </x:row>
     <x:row r="10" spans="1:13">
       <x:c r="A10" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B10" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C10" s="4">
         <x:v>5</x:v>
       </x:c>
       <x:c r="D10" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E10" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F10" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="G10" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H10" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I10" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J10" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K10" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L10" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M10" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:13">
       <x:c r="A11" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B11" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C11" s="4">
         <x:v>5</x:v>
       </x:c>
       <x:c r="D11" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E11" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F11" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G11" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H11" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J11" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K11" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L11" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M11" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:13">
       <x:c r="A12" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B12" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C12" s="4">
         <x:v>10</x:v>
       </x:c>
       <x:c r="D12" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E12" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F12" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G12" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H12" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I12" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J12" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K12" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L12" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M12" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:13">
       <x:c r="A13" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B13" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C13" s="4">
@@ -2229,51 +2211,51 @@
       </x:c>
     </x:row>
     <x:row r="24" spans="1:13">
       <x:c r="A24" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B24" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C24" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D24" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E24" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F24" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G24" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="H24" s="4">
-        <x:v>1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I24" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J24" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="K24" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="L24" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M24" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:13">
       <x:c r="A25" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B25" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C25" s="4">
@@ -2352,51 +2334,51 @@
       </x:c>
     </x:row>
     <x:row r="27" spans="1:13">
       <x:c r="A27" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B27" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="C27" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D27" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E27" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F27" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G27" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H27" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="J27" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="K27" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L27" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M27" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:13">
       <x:c r="A28" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B28" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C28" s="4">
@@ -2542,860 +2524,819 @@
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="J31" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="K31" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L31" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M31" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:13">
       <x:c r="A32" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B32" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C32" s="4">
-        <x:v>10</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D32" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E32" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F32" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G32" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="H32" s="4">
-        <x:v>0</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="I32" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J32" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="K32" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="L32" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M32" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:13">
       <x:c r="A33" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B33" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C33" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D33" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E33" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F33" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G33" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H33" s="4">
-        <x:v>1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J33" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
-      <x:c r="J33" s="4" t="s">
+      <x:c r="K33" s="4" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="L33" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="M33" s="4" t="s">
         <x:v>156</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:13">
       <x:c r="A34" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B34" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C34" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D34" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E34" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F34" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G34" s="4" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="H34" s="4">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="I34" s="4" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J34" s="4" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="K34" s="4" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="L34" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="M34" s="4" t="s">
         <x:v>160</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:13">
       <x:c r="A35" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B35" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C35" s="4">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D35" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E35" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F35" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G35" s="4" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="H35" s="4">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I35" s="4" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="J35" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="H35" s="4">
-[...5 lines deleted...]
-      <x:c r="J35" s="4" t="s">
+      <x:c r="K35" s="4" t="s">
         <x:v>165</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>15</x:v>
       </x:c>
       <x:c r="L35" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M35" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:13">
       <x:c r="A36" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B36" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C36" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D36" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E36" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F36" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G36" s="4" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="H36" s="4">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="I36" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
-      <x:c r="H36" s="4">
-[...2 lines deleted...]
-      <x:c r="I36" s="4" t="s">
+      <x:c r="J36" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="J36" s="4" t="s">
+      <x:c r="K36" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="K36" s="4" t="s">
+      <x:c r="L36" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="M36" s="4" t="s">
         <x:v>171</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:13">
       <x:c r="A37" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B37" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C37" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D37" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E37" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F37" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G37" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H37" s="4">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="J37" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="K37" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="L37" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M37" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:13">
       <x:c r="A38" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B38" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C38" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D38" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E38" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F38" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="G38" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H38" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I38" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J38" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="K38" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="L38" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M38" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:13">
       <x:c r="A39" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B39" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="C39" s="4">
-        <x:v>1</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="D39" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E39" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F39" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="G39" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H39" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J39" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="K39" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="L39" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M39" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:13">
       <x:c r="A40" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B40" s="4" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="C40" s="4">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="D40" s="5" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="E40" s="6" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F40" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G40" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
-      <x:c r="C40" s="4">
-[...11 lines deleted...]
-      <x:c r="G40" s="4" t="s">
+      <x:c r="H40" s="4">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="I40" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
-      <x:c r="H40" s="4">
-[...2 lines deleted...]
-      <x:c r="I40" s="4" t="s">
+      <x:c r="J40" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
-      <x:c r="J40" s="4" t="s">
+      <x:c r="K40" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
-      <x:c r="K40" s="4" t="s">
+      <x:c r="L40" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="M40" s="4" t="s">
         <x:v>188</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:13">
       <x:c r="A41" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B41" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C41" s="4">
-        <x:v>5</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D41" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E41" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F41" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G41" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H41" s="4">
-        <x:v>5</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J41" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="K41" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="L41" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M41" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:13">
       <x:c r="A42" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B42" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C42" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D42" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E42" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F42" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="G42" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="H42" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I42" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J42" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="K42" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="L42" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M42" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:13">
       <x:c r="A43" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B43" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C43" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D43" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E43" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F43" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="G43" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H43" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="J43" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="K43" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="L43" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M43" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:13">
       <x:c r="A44" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B44" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C44" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D44" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E44" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F44" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="G44" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="H44" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I44" s="4" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J44" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
-      <x:c r="J44" s="4" t="s">
+      <x:c r="K44" s="4" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="L44" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="M44" s="4" t="s">
         <x:v>204</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:13">
       <x:c r="A45" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B45" s="4" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="C45" s="4">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D45" s="5" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="E45" s="6" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F45" s="4" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="G45" s="4" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="H45" s="4">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="I45" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
-      <x:c r="C45" s="4">
-[...11 lines deleted...]
-      <x:c r="G45" s="4" t="s">
+      <x:c r="J45" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
-      <x:c r="H45" s="4">
-[...5 lines deleted...]
-      <x:c r="J45" s="4" t="s">
+      <x:c r="K45" s="4" t="s">
         <x:v>209</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>15</x:v>
       </x:c>
       <x:c r="L45" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M45" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:13">
       <x:c r="A46" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B46" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C46" s="4">
-        <x:v>1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="D46" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E46" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F46" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G46" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="H46" s="4">
-        <x:v>0</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I46" s="4" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J46" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
-      <x:c r="J46" s="4" t="s">
+      <x:c r="K46" s="4" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="L46" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="M46" s="4" t="s">
         <x:v>214</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:13">
       <x:c r="A47" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B47" s="4" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="C47" s="4">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="D47" s="5" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="E47" s="6" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F47" s="4" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="G47" s="4" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="H47" s="4">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="I47" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
-      <x:c r="C47" s="4">
-[...11 lines deleted...]
-      <x:c r="G47" s="4" t="s">
+      <x:c r="J47" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
-      <x:c r="H47" s="4">
-[...5 lines deleted...]
-      <x:c r="J47" s="4" t="s">
+      <x:c r="K47" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
-      <x:c r="K47" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="L47" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M47" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:13">
       <x:c r="A48" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B48" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C48" s="4">
-        <x:v>8</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="D48" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E48" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F48" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="G48" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H48" s="4">
         <x:v>4</x:v>
       </x:c>
       <x:c r="I48" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="J48" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="K48" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="L48" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M48" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:13">
       <x:c r="A49" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B49" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C49" s="4">
-        <x:v>4</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D49" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E49" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F49" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G49" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H49" s="4">
         <x:v>4</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="J49" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="K49" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="L49" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M49" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:13">
       <x:c r="A50" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B50" s="4" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="C50" s="4">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="D50" s="5" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="E50" s="6" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F50" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G50" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
-      <x:c r="C50" s="4">
-[...11 lines deleted...]
-      <x:c r="G50" s="4" t="s">
+      <x:c r="H50" s="4">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="I50" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
-      <x:c r="H50" s="4">
-[...2 lines deleted...]
-      <x:c r="I50" s="4" t="s">
+      <x:c r="J50" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
-      <x:c r="J50" s="4" t="s">
+      <x:c r="K50" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
-      <x:c r="K50" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="L50" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M50" s="4" t="s">
-        <x:v>54</x:v>
-[...40 lines deleted...]
-        <x:v>158</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:sheetProtection sheet="1" objects="1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId6"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:K2"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>