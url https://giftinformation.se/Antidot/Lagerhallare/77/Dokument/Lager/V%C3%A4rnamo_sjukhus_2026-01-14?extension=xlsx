--- v0 (2026-01-14)
+++ v1 (2026-03-04)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3c4525aa7cd4f72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cff2a1fba178412fba44e8c67c14de34.psmdcp" Id="R20b2c8827f70458b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac1de6591c4a41d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/aaed696822094a6a8891f561c2094422.psmdcp" Id="R1d8c3aebdb8744e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Lagerhållna antidoter" sheetId="1" r:id="rId2"/>
     <x:sheet name="Nya lagerhållna antidoter" sheetId="2" r:id="rId3"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Lagerhållare</x:t>
   </x:si>
   <x:si>
     <x:t>Produktnamn</x:t>
   </x:si>
@@ -1670,92 +1670,92 @@
       </x:c>
     </x:row>
     <x:row r="10" spans="1:13">
       <x:c r="A10" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B10" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C10" s="4">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D10" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E10" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F10" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G10" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H10" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I10" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J10" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K10" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L10" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M10" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:13">
       <x:c r="A11" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B11" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C11" s="4">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D11" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E11" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F11" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="G11" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H11" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J11" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K11" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L11" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M11" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:13">
       <x:c r="A12" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B12" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C12" s="4">
@@ -2080,51 +2080,51 @@
       </x:c>
     </x:row>
     <x:row r="20" spans="1:13">
       <x:c r="A20" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B20" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C20" s="4">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D20" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E20" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F20" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="G20" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H20" s="4">
-        <x:v>1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I20" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="J20" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="K20" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="L20" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M20" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:13">
       <x:c r="A21" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B21" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C21" s="4">
@@ -2490,51 +2490,51 @@
       </x:c>
     </x:row>
     <x:row r="30" spans="1:13">
       <x:c r="A30" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B30" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C30" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D30" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E30" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F30" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="G30" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="H30" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I30" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J30" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="K30" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="L30" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M30" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:13">
       <x:c r="A31" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B31" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C31" s="4">