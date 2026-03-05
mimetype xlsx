--- v0 (2026-01-15)
+++ v1 (2026-03-05)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4fa0ee5288d4b0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bdec6a590bf947af821dfec334d6a4a9.psmdcp" Id="R7413fc61ce864048" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9364713aeed4cda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8ab99fc4f0164712846c879d1ac7a77f.psmdcp" Id="R90249d6fa2264851" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Lagerhållna antidoter" sheetId="1" r:id="rId2"/>
     <x:sheet name="Nya lagerhållna antidoter" sheetId="2" r:id="rId3"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Lagerhållare</x:t>
   </x:si>
   <x:si>
     <x:t>Produktnamn</x:t>
   </x:si>
@@ -206,83 +206,92 @@
   <x:si>
     <x:t>20170426000022</x:t>
   </x:si>
   <x:si>
     <x:t>Atropinsulfat 10 mg/ml</x:t>
   </x:si>
   <x:si>
     <x:t>Bricanyl® Turbuhaler®, Inhalationspulver 0,5 mg/dos</x:t>
   </x:si>
   <x:si>
     <x:t>Inhalator, 1 x 200 doser</x:t>
   </x:si>
   <x:si>
     <x:t>410290</x:t>
   </x:si>
   <x:si>
     <x:t>19870508000134</x:t>
   </x:si>
   <x:si>
     <x:t>19870401100160</x:t>
   </x:si>
   <x:si>
     <x:t>Terbutalinsulfat</x:t>
   </x:si>
   <x:si>
+    <x:t>C Gel - Calcium Gluconate Gel, Gel 2,5 %</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40 g</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GIC10000002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kalciumglukonat</x:t>
+  </x:si>
+  <x:si>
     <x:t>Calciumfolinate Teva, Injektionsvätska, lösning 10 mg/ml</x:t>
   </x:si>
   <x:si>
     <x:t>IVA kyl antidot</x:t>
   </x:si>
   <x:si>
     <x:t>Injektionsflaska, 10 ml</x:t>
   </x:si>
   <x:si>
     <x:t>024328</x:t>
   </x:si>
   <x:si>
     <x:t>20040607003282</x:t>
   </x:si>
   <x:si>
     <x:t>20040617100452</x:t>
   </x:si>
   <x:si>
     <x:t>Kalciumfolinat</x:t>
   </x:si>
   <x:si>
     <x:t>Calciumgluconat B. Braun, Injektionsvätska, lösning 10 %</x:t>
   </x:si>
   <x:si>
     <x:t>20  x 10 ml</x:t>
   </x:si>
   <x:si>
     <x:t>20130603012392</x:t>
   </x:si>
   <x:si>
-    <x:t>Kalciumglukonat</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Calcium-Sandoz®, Brustablett 500 mg</x:t>
   </x:si>
   <x:si>
     <x:t>Kirurgavdelningen</x:t>
   </x:si>
   <x:si>
     <x:t>Plaströr, 100 tabl</x:t>
   </x:si>
   <x:si>
     <x:t>193813</x:t>
   </x:si>
   <x:si>
     <x:t>19651208000019</x:t>
   </x:si>
   <x:si>
     <x:t>19651208100023</x:t>
   </x:si>
   <x:si>
     <x:t>Kalciumlaktatglukonat, kalciumkarbonat</x:t>
   </x:si>
   <x:si>
     <x:t>Calgonate, Gel 2,5 %</x:t>
   </x:si>
   <x:si>
     <x:t>25 g</x:t>
@@ -878,69 +887,60 @@
   <x:si>
     <x:t>448068</x:t>
   </x:si>
   <x:si>
     <x:t>19840412000063</x:t>
   </x:si>
   <x:si>
     <x:t>19840401100200</x:t>
   </x:si>
   <x:si>
     <x:t>Tetrakainhydroklorid</x:t>
   </x:si>
   <x:si>
     <x:t>Toxogonin, Injektionsvätska, lösning 0,25 g/ml</x:t>
   </x:si>
   <x:si>
     <x:t>5 x 1 ml</x:t>
   </x:si>
   <x:si>
     <x:t>20130603015119</x:t>
   </x:si>
   <x:si>
     <x:t>Obidoxim</x:t>
   </x:si>
   <x:si>
-    <x:t>ViperaTAb, Koncentrat till infusionsvätska, lösning 100 mg</x:t>
-[...5 lines deleted...]
-    <x:t>20130603024548</x:t>
+    <x:t xml:space="preserve">Viperfav, Koncentrat till infusionsvätska, lösning </x:t>
+  </x:si>
+  <x:si>
+    <x:t>4 ml</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20131010000651</x:t>
   </x:si>
   <x:si>
     <x:t>Immunserum mot huggormsgift</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>20131010000651</x:t>
   </x:si>
   <x:si>
     <x:t>Zyprexa®, Pulver till injektionsvätska, lösning 10 mg</x:t>
   </x:si>
   <x:si>
     <x:t>Injektionsflaska, 1 st</x:t>
   </x:si>
   <x:si>
     <x:t>005885</x:t>
   </x:si>
   <x:si>
     <x:t>20010702000011</x:t>
   </x:si>
   <x:si>
     <x:t>20010702100025</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="1">
@@ -1114,52 +1114,52 @@
       </x:fill>
       <x:border>
         <x:left style="thin"/>
         <x:right style="thin"/>
       </x:border>
     </x:dxf>
     <x:dxf>
       <x:fill>
         <x:patternFill patternType="solid">
           <x:fgColor auto="1"/>
           <x:bgColor rgb="00FFFFFF"/>
         </x:patternFill>
       </x:fill>
       <x:border>
         <x:right style="thin"/>
       </x:border>
     </x:dxf>
   </x:dxfs>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="rId9" /></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Antidoter" displayName="Antidoter" ref="A1:M62" totalsRowShown="0">
-  <x:autoFilter ref="A1:M62"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Antidoter" displayName="Antidoter" ref="A1:M63" totalsRowShown="0">
+  <x:autoFilter ref="A1:M63"/>
   <x:tableColumns count="13">
     <x:tableColumn id="1" name="Lagerhållare" dataDxfId="0"/>
     <x:tableColumn id="2" name="Produktnamn" dataDxfId="0"/>
     <x:tableColumn id="3" name="Antal i lager" dataDxfId="0"/>
     <x:tableColumn id="4" name="Nytt antal i lager" dataDxfId="1"/>
     <x:tableColumn id="5" name="Ny lagerplats" dataDxfId="2"/>
     <x:tableColumn id="6" name="Lagerplats" dataDxfId="0"/>
     <x:tableColumn id="7" name="Förpackning" dataDxfId="0"/>
     <x:tableColumn id="8" name="Rekommenderat antal" dataDxfId="0"/>
     <x:tableColumn id="9" name="Varunummer" dataDxfId="0"/>
     <x:tableColumn id="10" name="NPL/SB-id" dataDxfId="0"/>
     <x:tableColumn id="11" name="NPL/SB-packid" dataDxfId="0"/>
     <x:tableColumn id="12" name="Ort" dataDxfId="0"/>
     <x:tableColumn id="13" name="Substans" dataDxfId="0"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="2" name="NyaAntidoter" displayName="NyaAntidoter" ref="A1:K2" totalsRowShown="0">
   <x:autoFilter ref="A1:K2"/>
   <x:tableColumns count="11">
     <x:tableColumn id="1" name="Lagerhållare"/>
     <x:tableColumn id="2" name="Produktnamn"/>
@@ -1449,51 +1449,51 @@
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table2.xml" Id="rId7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:M62"/>
+  <x:dimension ref="A1:M63"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="13.853482" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="88.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="13.424911" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="17.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="30.710625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="23.853482" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="45.567768" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="23.282054" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="15.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="15.567768" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="16.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="6.139196" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="50.282054" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:13">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
@@ -1519,51 +1519,51 @@
       </x:c>
       <x:c r="I1" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="J1" s="1" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="K1" s="1" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="L1" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="M1" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:13">
       <x:c r="A2" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B2" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C2" s="4">
-        <x:v>1</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="D2" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E2" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F2" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G2" s="4" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="H2" s="4">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I2" s="4" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J2" s="4" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="K2" s="4" t="s">
         <x:v>20</x:v>
       </x:c>
@@ -1929,2131 +1929,2172 @@
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J11" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K11" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L11" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M11" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:13">
       <x:c r="A12" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B12" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C12" s="4">
-        <x:v>8</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D12" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E12" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F12" s="4" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="G12" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
-      <x:c r="G12" s="4" t="s">
+      <x:c r="H12" s="4">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="I12" s="4" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J12" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="H12" s="4">
-[...2 lines deleted...]
-      <x:c r="I12" s="4" t="s">
+      <x:c r="K12" s="4" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="L12" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="M12" s="4" t="s">
         <x:v>67</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:13">
       <x:c r="A13" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B13" s="4" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="C13" s="4">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D13" s="5" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="E13" s="6" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F13" s="4" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="G13" s="4" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="H13" s="4">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="I13" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="C13" s="4">
-[...11 lines deleted...]
-      <x:c r="G13" s="4" t="s">
+      <x:c r="J13" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
-      <x:c r="H13" s="4">
-[...5 lines deleted...]
-      <x:c r="J13" s="4" t="s">
+      <x:c r="K13" s="4" t="s">
         <x:v>73</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>15</x:v>
       </x:c>
       <x:c r="L13" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M13" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:13">
       <x:c r="A14" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C14" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D14" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E14" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F14" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G14" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
-      <x:c r="G14" s="4" t="s">
+      <x:c r="H14" s="4">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I14" s="4" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J14" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
-      <x:c r="H14" s="4">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K14" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="L14" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M14" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:13">
       <x:c r="A15" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B15" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C15" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D15" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E15" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F15" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="G15" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="H15" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J15" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="K15" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="L15" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M15" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:13">
       <x:c r="A16" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C16" s="4">
-        <x:v>3</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D16" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E16" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F16" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="G16" s="4" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="H16" s="4">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I16" s="4" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="J16" s="4" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="K16" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
-      <x:c r="H16" s="4">
-[...5 lines deleted...]
-      <x:c r="J16" s="4" t="s">
+      <x:c r="L16" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="M16" s="4" t="s">
         <x:v>84</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:13">
       <x:c r="A17" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B17" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C17" s="4">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D17" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E17" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F17" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G17" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="H17" s="4">
-        <x:v>3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J17" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="J17" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K17" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="L17" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M17" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:13">
       <x:c r="A18" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B18" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C18" s="4">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="D18" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E18" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F18" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G18" s="4" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="H18" s="4">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="I18" s="4" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="J18" s="4" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="K18" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="H18" s="4">
-[...5 lines deleted...]
-      <x:c r="J18" s="4" t="s">
+      <x:c r="L18" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="M18" s="4" t="s">
         <x:v>93</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:13">
       <x:c r="A19" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B19" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C19" s="4">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D19" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E19" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F19" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="G19" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H19" s="4">
         <x:v>2</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="J19" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="K19" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="L19" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M19" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:13">
       <x:c r="A20" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B20" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C20" s="4">
-        <x:v>3</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D20" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E20" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F20" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="G20" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H20" s="4">
         <x:v>2</x:v>
       </x:c>
       <x:c r="I20" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J20" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="K20" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="L20" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M20" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:13">
       <x:c r="A21" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B21" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C21" s="4">
-        <x:v>1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="D21" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E21" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F21" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G21" s="4" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="H21" s="4">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="I21" s="4" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="J21" s="4" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="K21" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="H21" s="4">
-[...2 lines deleted...]
-      <x:c r="I21" s="4" t="s">
+      <x:c r="L21" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="M21" s="4" t="s">
         <x:v>104</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:13">
       <x:c r="A22" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B22" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="C22" s="4">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D22" s="5" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="E22" s="6" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F22" s="4" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="G22" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="H22" s="4">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I22" s="4" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="J22" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
-      <x:c r="C22" s="4">
-[...11 lines deleted...]
-      <x:c r="G22" s="4" t="s">
+      <x:c r="K22" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="H22" s="4">
-[...5 lines deleted...]
-      <x:c r="J22" s="4" t="s">
+      <x:c r="L22" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="M22" s="4" t="s">
         <x:v>110</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:13">
       <x:c r="A23" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B23" s="4" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="C23" s="4">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D23" s="5" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="E23" s="6" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F23" s="4" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="G23" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="C23" s="4">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H23" s="4">
-        <x:v>2</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J23" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="K23" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L23" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M23" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:13">
       <x:c r="A24" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B24" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C24" s="4">
-        <x:v>3</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D24" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E24" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F24" s="4" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="G24" s="4" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="H24" s="4">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="I24" s="4" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J24" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
-      <x:c r="G24" s="4" t="s">
+      <x:c r="K24" s="4" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="L24" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="M24" s="4" t="s">
         <x:v>117</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:13">
       <x:c r="A25" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B25" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C25" s="4">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D25" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E25" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F25" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="G25" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H25" s="4">
         <x:v>3</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J25" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="K25" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L25" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M25" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:13">
       <x:c r="A26" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B26" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C26" s="4">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="D26" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E26" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F26" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G26" s="4" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="H26" s="4">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="I26" s="4" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="J26" s="4" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="K26" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="H26" s="4">
-[...2 lines deleted...]
-      <x:c r="I26" s="4" t="s">
+      <x:c r="L26" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="M26" s="4" t="s">
         <x:v>124</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:13">
       <x:c r="A27" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B27" s="4" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="C27" s="4">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="D27" s="5" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="E27" s="6" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F27" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G27" s="4" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="H27" s="4">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="I27" s="4" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="J27" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="C27" s="4">
-[...8 lines deleted...]
-      <x:c r="F27" s="4" t="s">
+      <x:c r="K27" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="G27" s="4" t="s">
+      <x:c r="L27" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="M27" s="4" t="s">
         <x:v>130</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:13">
       <x:c r="A28" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B28" s="4" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="C28" s="4">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="D28" s="5" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="E28" s="6" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F28" s="4" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="G28" s="4" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="H28" s="4">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="I28" s="4" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="J28" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
-      <x:c r="C28" s="4">
-[...11 lines deleted...]
-      <x:c r="G28" s="4" t="s">
+      <x:c r="K28" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
-      <x:c r="H28" s="4">
-[...2 lines deleted...]
-      <x:c r="I28" s="4" t="s">
+      <x:c r="L28" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="M28" s="4" t="s">
         <x:v>137</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:13">
       <x:c r="A29" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B29" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C29" s="4">
-        <x:v>0.3</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D29" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E29" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F29" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="G29" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="H29" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="J29" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="K29" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="L29" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M29" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:13">
       <x:c r="A30" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B30" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C30" s="4">
-        <x:v>1</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D30" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E30" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F30" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G30" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="H30" s="4">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="I30" s="4" t="s">
-        <x:v>15</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="J30" s="4" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="K30" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
-      <x:c r="K30" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="L30" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M30" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:13">
       <x:c r="A31" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B31" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C31" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D31" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E31" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F31" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G31" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H31" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="J31" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="K31" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="L31" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M31" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:13">
       <x:c r="A32" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B32" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C32" s="4">
-        <x:v>5</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D32" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E32" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F32" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="G32" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H32" s="4">
-        <x:v>5</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="I32" s="4" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="J32" s="4" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="K32" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
-      <x:c r="J32" s="4" t="s">
+      <x:c r="L32" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="M32" s="4" t="s">
         <x:v>150</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:13">
       <x:c r="A33" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B33" s="4" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="C33" s="4">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="D33" s="5" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="E33" s="6" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F33" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G33" s="4" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="H33" s="4">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="I33" s="4" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="J33" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="C33" s="4">
-[...11 lines deleted...]
-      <x:c r="G33" s="4" t="s">
+      <x:c r="K33" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
-      <x:c r="H33" s="4">
-[...2 lines deleted...]
-      <x:c r="I33" s="4" t="s">
+      <x:c r="L33" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="M33" s="4" t="s">
         <x:v>155</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:13">
       <x:c r="A34" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B34" s="4" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="C34" s="4">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D34" s="5" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="E34" s="6" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F34" s="4" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="G34" s="4" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="H34" s="4">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I34" s="4" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="J34" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="C34" s="4">
-[...11 lines deleted...]
-      <x:c r="G34" s="4" t="s">
+      <x:c r="K34" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
-      <x:c r="H34" s="4">
-[...5 lines deleted...]
-      <x:c r="J34" s="4" t="s">
+      <x:c r="L34" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="M34" s="4" t="s">
         <x:v>161</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:13">
       <x:c r="A35" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B35" s="4" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="C35" s="4">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="D35" s="5" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="E35" s="6" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F35" s="4" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="G35" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="C35" s="4">
-[...11 lines deleted...]
-      <x:c r="G35" s="4" t="s">
+      <x:c r="H35" s="4">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="I35" s="4" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J35" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="H35" s="4">
-[...2 lines deleted...]
-      <x:c r="I35" s="4" t="s">
+      <x:c r="K35" s="4" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="L35" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="M35" s="4" t="s">
         <x:v>165</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:13">
       <x:c r="A36" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B36" s="4" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="C36" s="4">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D36" s="5" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="E36" s="6" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F36" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G36" s="4" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="H36" s="4">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I36" s="4" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="J36" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="C36" s="4">
-[...11 lines deleted...]
-      <x:c r="G36" s="4" t="s">
+      <x:c r="K36" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="H36" s="4">
-[...2 lines deleted...]
-      <x:c r="I36" s="4" t="s">
+      <x:c r="L36" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="M36" s="4" t="s">
         <x:v>171</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:13">
       <x:c r="A37" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B37" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C37" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D37" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E37" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F37" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G37" s="4" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="H37" s="4">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I37" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="J37" s="4" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="K37" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="H37" s="4">
-[...2 lines deleted...]
-      <x:c r="I37" s="4" t="s">
+      <x:c r="L37" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="M37" s="4" t="s">
         <x:v>177</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:13">
       <x:c r="A38" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B38" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="C38" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D38" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E38" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F38" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G38" s="4" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="H38" s="4">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I38" s="4" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="J38" s="4" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="K38" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="H38" s="4">
-[...2 lines deleted...]
-      <x:c r="I38" s="4" t="s">
+      <x:c r="L38" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="M38" s="4" t="s">
         <x:v>183</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:13">
       <x:c r="A39" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B39" s="4" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="C39" s="4">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D39" s="5" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="E39" s="6" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F39" s="4" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="G39" s="4" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="H39" s="4">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I39" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
-      <x:c r="C39" s="4">
-[...11 lines deleted...]
-      <x:c r="G39" s="4" t="s">
+      <x:c r="J39" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
-      <x:c r="H39" s="4">
-[...2 lines deleted...]
-      <x:c r="I39" s="4" t="s">
+      <x:c r="K39" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
-      <x:c r="J39" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="L39" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M39" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:13">
       <x:c r="A40" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B40" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="C40" s="4">
-        <x:v>2</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D40" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E40" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F40" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="G40" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="H40" s="4">
         <x:v>2</x:v>
       </x:c>
       <x:c r="I40" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="J40" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="K40" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="L40" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M40" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:13">
       <x:c r="A41" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B41" s="4" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="C41" s="4">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="D41" s="5" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="E41" s="6" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F41" s="4" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="G41" s="4" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="H41" s="4">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="I41" s="4" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="J41" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
-      <x:c r="C41" s="4">
-[...17 lines deleted...]
-      <x:c r="I41" s="4" t="s">
+      <x:c r="K41" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
-      <x:c r="J41" s="4" t="s">
+      <x:c r="L41" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="M41" s="4" t="s">
         <x:v>194</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:13">
       <x:c r="A42" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B42" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C42" s="4">
-        <x:v>1</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="D42" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E42" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F42" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="G42" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H42" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I42" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="J42" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="K42" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="L42" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M42" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:13">
       <x:c r="A43" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B43" s="4" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="C43" s="4">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="D43" s="5" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="E43" s="6" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F43" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G43" s="4" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H43" s="4">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="I43" s="4" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="J43" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
-      <x:c r="C43" s="4">
-[...11 lines deleted...]
-      <x:c r="G43" s="4" t="s">
+      <x:c r="K43" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="H43" s="4">
-[...2 lines deleted...]
-      <x:c r="I43" s="4" t="s">
+      <x:c r="L43" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="M43" s="4" t="s">
         <x:v>199</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:13">
       <x:c r="A44" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B44" s="4" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="C44" s="4">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="D44" s="5" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="E44" s="6" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F44" s="4" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="G44" s="4" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="H44" s="4">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="I44" s="4" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="J44" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
-      <x:c r="C44" s="4">
-[...11 lines deleted...]
-      <x:c r="G44" s="4" t="s">
+      <x:c r="K44" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
-      <x:c r="H44" s="4">
-[...2 lines deleted...]
-      <x:c r="I44" s="4" t="s">
+      <x:c r="L44" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="M44" s="4" t="s">
         <x:v>205</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:13">
       <x:c r="A45" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B45" s="4" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="C45" s="4">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D45" s="5" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="E45" s="6" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F45" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G45" s="4" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="H45" s="4">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I45" s="4" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="J45" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
-      <x:c r="C45" s="4">
-[...17 lines deleted...]
-      <x:c r="I45" s="4" t="s">
+      <x:c r="K45" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
-      <x:c r="J45" s="4" t="s">
+      <x:c r="L45" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="M45" s="4" t="s">
         <x:v>211</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:13">
       <x:c r="A46" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B46" s="4" t="s">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="C46" s="4">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="D46" s="5" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="E46" s="6" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F46" s="4" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="G46" s="4" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="H46" s="4">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="I46" s="4" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="J46" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
-      <x:c r="C46" s="4">
-[...8 lines deleted...]
-      <x:c r="F46" s="4" t="s">
+      <x:c r="K46" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
-      <x:c r="G46" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="I46" s="4" t="s">
+      <x:c r="L46" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="M46" s="4" t="s">
         <x:v>216</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:13">
       <x:c r="A47" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B47" s="4" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="C47" s="4">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D47" s="5" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="E47" s="6" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F47" s="4" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="G47" s="4" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="H47" s="4">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I47" s="4" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="J47" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
-      <x:c r="C47" s="4">
-[...11 lines deleted...]
-      <x:c r="G47" s="4" t="s">
+      <x:c r="K47" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
-      <x:c r="H47" s="4">
-[...2 lines deleted...]
-      <x:c r="I47" s="4" t="s">
+      <x:c r="L47" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="M47" s="4" t="s">
         <x:v>222</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:13">
       <x:c r="A48" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B48" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C48" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D48" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E48" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F48" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G48" s="4" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="H48" s="4">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I48" s="4" t="s">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="J48" s="4" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="K48" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
-      <x:c r="H48" s="4">
-[...5 lines deleted...]
-      <x:c r="J48" s="4" t="s">
+      <x:c r="L48" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="M48" s="4" t="s">
         <x:v>228</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:13">
       <x:c r="A49" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B49" s="4" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="C49" s="4">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D49" s="5" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="E49" s="6" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F49" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G49" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
-      <x:c r="C49" s="4">
-[...11 lines deleted...]
-      <x:c r="G49" s="4" t="s">
+      <x:c r="H49" s="4">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="I49" s="4" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J49" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
-      <x:c r="H49" s="4">
-[...5 lines deleted...]
-      <x:c r="J49" s="4" t="s">
+      <x:c r="K49" s="4" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="L49" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="M49" s="4" t="s">
         <x:v>232</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:13">
       <x:c r="A50" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B50" s="4" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="C50" s="4">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="D50" s="5" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="E50" s="6" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F50" s="4" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="G50" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
-      <x:c r="C50" s="4">
-[...11 lines deleted...]
-      <x:c r="G50" s="4" t="s">
+      <x:c r="H50" s="4">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="I50" s="4" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J50" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
-      <x:c r="H50" s="4">
-[...2 lines deleted...]
-      <x:c r="I50" s="4" t="s">
+      <x:c r="K50" s="4" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="L50" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="M50" s="4" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:13">
       <x:c r="A51" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B51" s="4" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="C51" s="4">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D51" s="5" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="E51" s="6" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F51" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G51" s="4" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="H51" s="4">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I51" s="4" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="J51" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
-      <x:c r="C51" s="4">
-[...11 lines deleted...]
-      <x:c r="G51" s="4" t="s">
+      <x:c r="K51" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
-      <x:c r="H51" s="4">
-[...2 lines deleted...]
-      <x:c r="I51" s="4" t="s">
+      <x:c r="L51" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="M51" s="4" t="s">
         <x:v>242</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:13">
       <x:c r="A52" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B52" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C52" s="4">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D52" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E52" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F52" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G52" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H52" s="4">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="I52" s="4" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="J52" s="4" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="K52" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
-      <x:c r="J52" s="4" t="s">
+      <x:c r="L52" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="M52" s="4" t="s">
         <x:v>248</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:13">
       <x:c r="A53" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B53" s="4" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="C53" s="4">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="D53" s="5" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="E53" s="6" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F53" s="4" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="G53" s="4" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="H53" s="4">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="I53" s="4" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="J53" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
-      <x:c r="C53" s="4">
-[...11 lines deleted...]
-      <x:c r="G53" s="4" t="s">
+      <x:c r="K53" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
-      <x:c r="H53" s="4">
-[...2 lines deleted...]
-      <x:c r="I53" s="4" t="s">
+      <x:c r="L53" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="M53" s="4" t="s">
         <x:v>253</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:13">
       <x:c r="A54" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B54" s="4" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="C54" s="4">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D54" s="5" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="E54" s="6" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F54" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G54" s="4" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="H54" s="4">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I54" s="4" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="J54" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
-      <x:c r="C54" s="4">
-[...11 lines deleted...]
-      <x:c r="G54" s="4" t="s">
+      <x:c r="K54" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
-      <x:c r="H54" s="4">
-[...2 lines deleted...]
-      <x:c r="I54" s="4" t="s">
+      <x:c r="L54" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="M54" s="4" t="s">
         <x:v>259</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:13">
       <x:c r="A55" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B55" s="4" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="C55" s="4">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="D55" s="5" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="E55" s="6" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F55" s="4" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="G55" s="4" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="H55" s="4">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="I55" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
-      <x:c r="C55" s="4">
-[...11 lines deleted...]
-      <x:c r="G55" s="4" t="s">
+      <x:c r="J55" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
-      <x:c r="H55" s="4">
-[...2 lines deleted...]
-      <x:c r="I55" s="4" t="s">
+      <x:c r="K55" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
-      <x:c r="J55" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="L55" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M55" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:13">
       <x:c r="A56" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B56" s="4" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="C56" s="4">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="D56" s="5" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="E56" s="6" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F56" s="4" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="G56" s="4" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="H56" s="4">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="I56" s="4" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="J56" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
-      <x:c r="C56" s="4">
-[...11 lines deleted...]
-      <x:c r="G56" s="4" t="s">
+      <x:c r="K56" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
-      <x:c r="H56" s="4">
-[...2 lines deleted...]
-      <x:c r="I56" s="4" t="s">
+      <x:c r="L56" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="M56" s="4" t="s">
         <x:v>270</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:13">
       <x:c r="A57" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B57" s="4" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="C57" s="4">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D57" s="5" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="E57" s="6" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F57" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G57" s="4" t="s">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="H57" s="4">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I57" s="4" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="J57" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
-      <x:c r="C57" s="4">
-[...11 lines deleted...]
-      <x:c r="G57" s="4" t="s">
+      <x:c r="K57" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
-      <x:c r="H57" s="4">
-[...5 lines deleted...]
-      <x:c r="J57" s="4" t="s">
+      <x:c r="L57" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="M57" s="4" t="s">
         <x:v>276</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:13">
       <x:c r="A58" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B58" s="4" t="s">
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="C58" s="4">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D58" s="5" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="E58" s="6" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F58" s="4" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="G58" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
-      <x:c r="C58" s="4">
-[...11 lines deleted...]
-      <x:c r="G58" s="4" t="s">
+      <x:c r="H58" s="4">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I58" s="4" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J58" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
-      <x:c r="H58" s="4">
-[...2 lines deleted...]
-      <x:c r="I58" s="4" t="s">
+      <x:c r="K58" s="4" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="L58" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="M58" s="4" t="s">
         <x:v>280</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:13">
       <x:c r="A59" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B59" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="C59" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D59" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E59" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F59" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="G59" s="4" t="s">
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="H59" s="4">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I59" s="4" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="J59" s="4" t="s">
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="K59" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
-      <x:c r="H59" s="4">
-[...5 lines deleted...]
-      <x:c r="J59" s="4" t="s">
+      <x:c r="L59" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="M59" s="4" t="s">
         <x:v>286</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:13">
       <x:c r="A60" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B60" s="4" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="C60" s="4">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D60" s="5" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="E60" s="6" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F60" s="4" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="G60" s="4" t="s">
         <x:v>288</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>289</x:v>
       </x:c>
       <x:c r="H60" s="4">
         <x:v>2</x:v>
       </x:c>
       <x:c r="I60" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J60" s="4" t="s">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="K60" s="4" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="L60" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="M60" s="4" t="s">
         <x:v>290</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:13">
       <x:c r="A61" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B61" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="C61" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D61" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E61" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F61" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="G61" s="4" t="s">
-        <x:v>293</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="H61" s="4">
         <x:v>2</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J61" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="K61" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L61" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M61" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:13">
       <x:c r="A62" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B62" s="4" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="C62" s="4">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="D62" s="5" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="E62" s="6" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F62" s="4" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="G62" s="4" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="H62" s="4">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="I62" s="4" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J62" s="4" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="K62" s="4" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="L62" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="M62" s="4" t="s">
+        <x:v>294</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="63" spans="1:13">
+      <x:c r="A63" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="B63" s="4" t="s">
         <x:v>295</x:v>
       </x:c>
-      <x:c r="C62" s="4">
+      <x:c r="C63" s="4">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="D62" s="5" t="s">
-[...5 lines deleted...]
-      <x:c r="F62" s="4" t="s">
+      <x:c r="D63" s="5" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="E63" s="6" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F63" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="G62" s="4" t="s">
+      <x:c r="G63" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
-      <x:c r="H62" s="4">
+      <x:c r="H63" s="4">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="I62" s="4" t="s">
+      <x:c r="I63" s="4" t="s">
         <x:v>297</x:v>
       </x:c>
-      <x:c r="J62" s="4" t="s">
+      <x:c r="J63" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
-      <x:c r="K62" s="4" t="s">
+      <x:c r="K63" s="4" t="s">
         <x:v>299</x:v>
       </x:c>
-      <x:c r="L62" s="4" t="s">
-[...3 lines deleted...]
-        <x:v>225</x:v>
+      <x:c r="L63" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="M63" s="4" t="s">
+        <x:v>228</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:sheetProtection sheet="1" objects="1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId6"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:K2"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>