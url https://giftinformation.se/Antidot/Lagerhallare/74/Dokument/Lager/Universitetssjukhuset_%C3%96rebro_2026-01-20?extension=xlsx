--- v0 (2026-01-20)
+++ v1 (2026-03-13)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reafab8741d97465b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6238bf6eb4f1497889952e89d1c1d4a4.psmdcp" Id="Rc22e8ff666604ab6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18e32bc3877749a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/95f7f9453dc24114ab56b3c43f398b8c.psmdcp" Id="R5141fb1c3abb4965" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Lagerhållna antidoter" sheetId="1" r:id="rId2"/>
     <x:sheet name="Nya lagerhållna antidoter" sheetId="2" r:id="rId3"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Lagerhållare</x:t>
   </x:si>
   <x:si>
     <x:t>Produktnamn</x:t>
   </x:si>
@@ -554,102 +554,105 @@
   <x:si>
     <x:t>20030804002553</x:t>
   </x:si>
   <x:si>
     <x:t>20031002103318</x:t>
   </x:si>
   <x:si>
     <x:t>Makrogol 400</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Makrogol 400 APL, Kutan lösning </x:t>
   </x:si>
   <x:si>
     <x:t>Flaska, 300 ml</x:t>
   </x:si>
   <x:si>
     <x:t>332023</x:t>
   </x:si>
   <x:si>
     <x:t>20111026000104</x:t>
   </x:si>
   <x:si>
     <x:t>20111026100057</x:t>
   </x:si>
   <x:si>
-    <x:t>Metyltionin APL, Injektionsvätska, lösning 10 mg/ml</x:t>
+    <x:t>Methylthioninium chloride Proveblue, Injektionsvätska, lösning 5 mg/ml</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ampull, 5 x 10 ml</x:t>
+  </x:si>
+  <x:si>
+    <x:t>597219</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20100106000011</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20100113100483</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Metyltioninklorid</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Miacalcic®, Injektions-/infusionsvätska, lösning 100 IE/ml</x:t>
+  </x:si>
+  <x:si>
+    <x:t>159605</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19771118000012</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19790401100116</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kalcitonin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Naloxon Hameln, Injektions-/infusionsvätska, lösning 0,4 mg/ml</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ampull, 10 x 1 ml</x:t>
+  </x:si>
+  <x:si>
+    <x:t>112695</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20061223000011</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20070227100467</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Naloxonhydroklorid</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Natriumtiosulfat APL, Injektionsvätska, lösning 150 mg/ml</x:t>
   </x:si>
   <x:si>
     <x:t>Ampull, 10 x 10 ml</x:t>
-  </x:si>
-[...46 lines deleted...]
-    <x:t>Natriumtiosulfat APL, Injektionsvätska, lösning 150 mg/ml</x:t>
   </x:si>
   <x:si>
     <x:t>327858</x:t>
   </x:si>
   <x:si>
     <x:t>20061212000411</x:t>
   </x:si>
   <x:si>
     <x:t>20070309100293</x:t>
   </x:si>
   <x:si>
     <x:t>Natriumtiosulfat</x:t>
   </x:si>
   <x:si>
     <x:t>Nitroglycerin Karo Pharma, Koncentrat till infusionsvätska, lösning 5 mg/ml</x:t>
   </x:si>
   <x:si>
     <x:t>Injektionsflaska, 1 x 5 ml</x:t>
   </x:si>
   <x:si>
     <x:t>054351</x:t>
   </x:si>
   <x:si>
     <x:t>19890609000055</x:t>
   </x:si>
@@ -1750,51 +1753,51 @@
       </x:c>
     </x:row>
     <x:row r="8" spans="1:13">
       <x:c r="A8" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B8" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C8" s="4">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D8" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E8" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F8" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G8" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H8" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I8" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J8" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K8" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L8" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M8" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:13">
       <x:c r="A9" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B9" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C9" s="4">
@@ -2283,51 +2286,51 @@
       </x:c>
     </x:row>
     <x:row r="21" spans="1:13">
       <x:c r="A21" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B21" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C21" s="4">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D21" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E21" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F21" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G21" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="H21" s="4">
-        <x:v>3</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="J21" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K21" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="L21" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M21" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:13">
       <x:c r="A22" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B22" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C22" s="4">
@@ -2488,51 +2491,51 @@
       </x:c>
     </x:row>
     <x:row r="26" spans="1:13">
       <x:c r="A26" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B26" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C26" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D26" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E26" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F26" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G26" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="H26" s="4">
-        <x:v>1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I26" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J26" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="K26" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="L26" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M26" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:13">
       <x:c r="A27" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B27" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C27" s="4">
@@ -2719,66 +2722,66 @@
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J31" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="K31" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="L31" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M31" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:13">
       <x:c r="A32" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B32" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C32" s="4">
-        <x:v>4</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D32" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E32" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F32" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G32" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="H32" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I32" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="J32" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="K32" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="L32" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M32" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:13">
       <x:c r="A33" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B33" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C33" s="4">
@@ -2816,804 +2819,804 @@
       </x:c>
     </x:row>
     <x:row r="34" spans="1:13">
       <x:c r="A34" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B34" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C34" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D34" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E34" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F34" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G34" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="H34" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I34" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J34" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="K34" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="L34" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M34" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:13">
       <x:c r="A35" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B35" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C35" s="4">
         <x:v>5</x:v>
       </x:c>
       <x:c r="D35" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E35" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F35" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G35" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="H35" s="4">
         <x:v>5</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="J35" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="K35" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="L35" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M35" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:13">
       <x:c r="A36" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B36" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C36" s="4">
         <x:v>10</x:v>
       </x:c>
       <x:c r="D36" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E36" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F36" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G36" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="H36" s="4">
-        <x:v>10</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I36" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="J36" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="K36" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="L36" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M36" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:13">
       <x:c r="A37" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B37" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C37" s="4">
         <x:v>10</x:v>
       </x:c>
       <x:c r="D37" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E37" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F37" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G37" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H37" s="4">
         <x:v>10</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="J37" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="K37" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="L37" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M37" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:13">
       <x:c r="A38" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B38" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="C38" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D38" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E38" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F38" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="G38" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H38" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I38" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="J38" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="K38" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="L38" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M38" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:13">
       <x:c r="A39" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B39" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="C39" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D39" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E39" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F39" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G39" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="H39" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="J39" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="K39" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="L39" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M39" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:13">
       <x:c r="A40" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B40" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C40" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D40" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E40" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F40" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G40" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="H40" s="4">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I40" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J40" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="K40" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L40" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M40" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:13">
       <x:c r="A41" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B41" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="C41" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D41" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E41" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F41" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G41" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="H41" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="J41" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="K41" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="L41" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M41" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:13">
       <x:c r="A42" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B42" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="C42" s="4">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D42" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E42" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F42" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="G42" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H42" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I42" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="J42" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="K42" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="L42" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M42" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:13">
       <x:c r="A43" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B43" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="C43" s="4">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D43" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E43" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F43" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G43" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="H43" s="4">
         <x:v>2</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="J43" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="K43" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="L43" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M43" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:13">
       <x:c r="A44" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B44" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C44" s="4">
         <x:v>11</x:v>
       </x:c>
       <x:c r="D44" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E44" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F44" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G44" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="H44" s="4">
         <x:v>2</x:v>
       </x:c>
       <x:c r="I44" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="J44" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="K44" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="L44" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M44" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:13">
       <x:c r="A45" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B45" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C45" s="4">
         <x:v>5</x:v>
       </x:c>
       <x:c r="D45" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E45" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F45" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G45" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="H45" s="4">
         <x:v>5</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="J45" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="K45" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="L45" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M45" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:13">
       <x:c r="A46" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B46" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="C46" s="4">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D46" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E46" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F46" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G46" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="H46" s="4">
         <x:v>2</x:v>
       </x:c>
       <x:c r="I46" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J46" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="K46" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L46" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M46" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:13">
       <x:c r="A47" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B47" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="C47" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D47" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E47" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F47" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G47" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="H47" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="J47" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="K47" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="L47" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M47" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:13">
       <x:c r="A48" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B48" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="C48" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D48" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E48" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F48" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G48" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H48" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I48" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J48" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="K48" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L48" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M48" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:13">
       <x:c r="A49" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B49" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C49" s="4">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D49" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E49" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F49" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G49" s="4" t="s">
-        <x:v>273</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="H49" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="J49" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="K49" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="L49" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M49" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:13">
       <x:c r="A50" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B50" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="C50" s="4">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D50" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E50" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F50" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G50" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="H50" s="4">
         <x:v>2</x:v>
       </x:c>
       <x:c r="I50" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J50" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="K50" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L50" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M50" s="4" t="s">
-        <x:v>280</x:v>
+        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:13">
       <x:c r="A51" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B51" s="4" t="s">
-        <x:v>281</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="C51" s="4">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D51" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E51" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F51" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="G51" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="H51" s="4">
         <x:v>2</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J51" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="K51" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L51" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M51" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:13">
       <x:c r="A52" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B52" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="C52" s="4">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D52" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E52" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F52" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G52" s="4" t="s">
-        <x:v>286</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="H52" s="4">
         <x:v>3</x:v>
       </x:c>
       <x:c r="I52" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="J52" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="K52" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="L52" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M52" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:sheetProtection sheet="1" objects="1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId6"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:K2"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>