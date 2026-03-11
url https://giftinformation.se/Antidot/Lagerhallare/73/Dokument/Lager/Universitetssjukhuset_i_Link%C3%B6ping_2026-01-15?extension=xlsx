--- v0 (2026-01-15)
+++ v1 (2026-03-11)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0cec4222b4f4405c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/65ef74ebd33d499585e34a223d8bbca2.psmdcp" Id="R9e00082ff1c847f3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e34a7086f184d41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9a34de6ff1a149ed805f6b60176b3bce.psmdcp" Id="R715563e2804b4f83" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Lagerhållna antidoter" sheetId="1" r:id="rId2"/>
     <x:sheet name="Nya lagerhållna antidoter" sheetId="2" r:id="rId3"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Lagerhållare</x:t>
   </x:si>
   <x:si>
     <x:t>Produktnamn</x:t>
   </x:si>
@@ -1570,51 +1570,51 @@
       </x:c>
     </x:row>
     <x:row r="8" spans="1:13">
       <x:c r="A8" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B8" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C8" s="4">
         <x:v>18</x:v>
       </x:c>
       <x:c r="D8" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E8" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F8" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G8" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H8" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I8" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J8" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K8" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L8" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M8" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:13">
       <x:c r="A9" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B9" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C9" s="4">
@@ -2390,51 +2390,51 @@
       </x:c>
     </x:row>
     <x:row r="28" spans="1:13">
       <x:c r="A28" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B28" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C28" s="4">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D28" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E28" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F28" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G28" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="H28" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I28" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="J28" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="K28" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="L28" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M28" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:13">
       <x:c r="A29" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B29" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C29" s="4">