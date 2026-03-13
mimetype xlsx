--- v0 (2026-01-20)
+++ v1 (2026-03-13)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc410b2e73767424a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/75853e076b4f4d69ade88a0677deb964.psmdcp" Id="R3bef9b4c149a41dd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6885b719845343ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1709837005ce4ec39c0708cbab83c19d.psmdcp" Id="Re3a820ca309f4286" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Lagerhållna antidoter" sheetId="1" r:id="rId2"/>
     <x:sheet name="Nya lagerhållna antidoter" sheetId="2" r:id="rId3"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Lagerhållare</x:t>
   </x:si>
   <x:si>
     <x:t>Produktnamn</x:t>
   </x:si>
@@ -710,60 +710,60 @@
   <x:si>
     <x:t>448068</x:t>
   </x:si>
   <x:si>
     <x:t>19840412000063</x:t>
   </x:si>
   <x:si>
     <x:t>19840401100200</x:t>
   </x:si>
   <x:si>
     <x:t>Tetrakainhydroklorid</x:t>
   </x:si>
   <x:si>
     <x:t>Toxogonin, Injektionsvätska, lösning 0,25 g/ml</x:t>
   </x:si>
   <x:si>
     <x:t>5 x 1 ml</x:t>
   </x:si>
   <x:si>
     <x:t>20130603015119</x:t>
   </x:si>
   <x:si>
     <x:t>Obidoxim</x:t>
   </x:si>
   <x:si>
-    <x:t>ViperaTAb, Koncentrat till infusionsvätska, lösning 100 mg</x:t>
+    <x:t xml:space="preserve">Viperfav, Koncentrat till infusionsvätska, lösning </x:t>
   </x:si>
   <x:si>
     <x:t>Kylskåp, akutrum 1 Akutmottagningen</x:t>
   </x:si>
   <x:si>
-    <x:t>2 x 100  mg</x:t>
-[...2 lines deleted...]
-    <x:t>20130603024548</x:t>
+    <x:t>4 ml</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20131010000651</x:t>
   </x:si>
   <x:si>
     <x:t>Immunserum mot huggormsgift</x:t>
   </x:si>
   <x:si>
     <x:t>Zyprexa®, Pulver till injektionsvätska, lösning 10 mg</x:t>
   </x:si>
   <x:si>
     <x:t>Injektionsflaska, 1 st</x:t>
   </x:si>
   <x:si>
     <x:t>005885</x:t>
   </x:si>
   <x:si>
     <x:t>20010702000011</x:t>
   </x:si>
   <x:si>
     <x:t>20010702100025</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
@@ -1606,51 +1606,51 @@
       </x:c>
     </x:row>
     <x:row r="8" spans="1:13">
       <x:c r="A8" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B8" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C8" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D8" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E8" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F8" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G8" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H8" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I8" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J8" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K8" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L8" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M8" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:13">
       <x:c r="A9" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B9" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C9" s="4">
@@ -2016,51 +2016,51 @@
       </x:c>
     </x:row>
     <x:row r="18" spans="1:13">
       <x:c r="A18" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B18" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C18" s="4">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D18" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E18" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F18" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G18" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H18" s="4">
-        <x:v>1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I18" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J18" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K18" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L18" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M18" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:13">
       <x:c r="A19" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B19" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C19" s="4">
@@ -2180,51 +2180,51 @@
       </x:c>
     </x:row>
     <x:row r="22" spans="1:13">
       <x:c r="A22" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B22" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C22" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D22" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E22" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F22" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G22" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="H22" s="4">
-        <x:v>1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I22" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J22" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="K22" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L22" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M22" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:13">
       <x:c r="A23" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B23" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C23" s="4">
@@ -2385,51 +2385,51 @@
       </x:c>
     </x:row>
     <x:row r="27" spans="1:13">
       <x:c r="A27" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B27" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C27" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D27" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E27" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F27" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G27" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="H27" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="J27" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="K27" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="L27" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M27" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:13">
       <x:c r="A28" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B28" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C28" s="4">
@@ -2467,51 +2467,51 @@
       </x:c>
     </x:row>
     <x:row r="29" spans="1:13">
       <x:c r="A29" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B29" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C29" s="4">
         <x:v>10</x:v>
       </x:c>
       <x:c r="D29" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E29" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F29" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G29" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="H29" s="4">
-        <x:v>10</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J29" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="K29" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="L29" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M29" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:13">
       <x:c r="A30" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B30" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="C30" s="4">
@@ -2944,51 +2944,51 @@
       </x:c>
       <x:c r="I40" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J40" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="K40" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L40" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M40" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:13">
       <x:c r="A41" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B41" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C41" s="4">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="D41" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E41" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F41" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="G41" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="H41" s="4">
         <x:v>2</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J41" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="K41" s="4" t="s">
         <x:v>15</x:v>
       </x:c>