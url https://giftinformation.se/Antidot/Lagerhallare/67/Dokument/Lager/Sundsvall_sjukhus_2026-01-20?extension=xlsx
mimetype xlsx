--- v0 (2026-01-20)
+++ v1 (2026-03-20)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rccaefce592da4af3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3344bbae5fa044c68606261c57a5db2d.psmdcp" Id="Re5be08ca7ea64242" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2662bafa6eec4b9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/af0e5e733667482ebd6f84e31a854440.psmdcp" Id="R2e0aa79989054911" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Lagerhållna antidoter" sheetId="1" r:id="rId2"/>
     <x:sheet name="Nya lagerhållna antidoter" sheetId="2" r:id="rId3"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Lagerhållare</x:t>
   </x:si>
   <x:si>
     <x:t>Produktnamn</x:t>
   </x:si>
@@ -1776,51 +1776,51 @@
       </x:c>
     </x:row>
     <x:row r="9" spans="1:13">
       <x:c r="A9" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B9" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C9" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D9" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E9" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F9" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G9" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H9" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J9" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K9" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L9" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M9" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:13">
       <x:c r="A10" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B10" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C10" s="4">
@@ -2350,51 +2350,51 @@
       </x:c>
     </x:row>
     <x:row r="23" spans="1:13">
       <x:c r="A23" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B23" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C23" s="4">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D23" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E23" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F23" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G23" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H23" s="4">
-        <x:v>3</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="J23" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K23" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="L23" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M23" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:13">
       <x:c r="A24" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B24" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C24" s="4">
@@ -2555,51 +2555,51 @@
       </x:c>
     </x:row>
     <x:row r="28" spans="1:13">
       <x:c r="A28" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B28" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C28" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D28" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E28" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F28" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G28" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="H28" s="4">
-        <x:v>1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I28" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="J28" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K28" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="L28" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M28" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:13">
       <x:c r="A29" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B29" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C29" s="4">
@@ -2883,51 +2883,51 @@
       </x:c>
     </x:row>
     <x:row r="36" spans="1:13">
       <x:c r="A36" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B36" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C36" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D36" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E36" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F36" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G36" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H36" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I36" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J36" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="K36" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="L36" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M36" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:13">
       <x:c r="A37" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B37" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C37" s="4">
@@ -2965,51 +2965,51 @@
       </x:c>
     </x:row>
     <x:row r="38" spans="1:13">
       <x:c r="A38" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B38" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C38" s="4">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D38" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E38" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F38" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G38" s="4" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="H38" s="4">
-        <x:v>3</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I38" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="J38" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="K38" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="L38" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M38" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:13">
       <x:c r="A39" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B39" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C39" s="4">
@@ -3539,51 +3539,51 @@
       </x:c>
     </x:row>
     <x:row r="52" spans="1:13">
       <x:c r="A52" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B52" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="C52" s="4">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D52" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E52" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F52" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G52" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="H52" s="4">
-        <x:v>2</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I52" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J52" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="K52" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L52" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M52" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:13">
       <x:c r="A53" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B53" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="C53" s="4">