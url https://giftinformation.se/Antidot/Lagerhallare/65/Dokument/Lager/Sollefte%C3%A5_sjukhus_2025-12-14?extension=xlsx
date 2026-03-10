--- v0 (2025-12-14)
+++ v1 (2026-03-10)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1e38702f40746d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0b863e1cdca5410ea4823990517f3d8c.psmdcp" Id="R892fbef1a1424750" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e9715091c084c5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d461420b363a4a2382b6cc93ad93f68a.psmdcp" Id="R9473f4f0669c4dee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Lagerhållna antidoter" sheetId="1" r:id="rId2"/>
     <x:sheet name="Nya lagerhållna antidoter" sheetId="2" r:id="rId3"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Lagerhållare</x:t>
   </x:si>
   <x:si>
     <x:t>Produktnamn</x:t>
   </x:si>
@@ -1520,51 +1520,51 @@
       </x:c>
     </x:row>
     <x:row r="7" spans="1:13">
       <x:c r="A7" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B7" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C7" s="4">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D7" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E7" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F7" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G7" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H7" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J7" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K7" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L7" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M7" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:13">
       <x:c r="A8" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B8" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C8" s="4">
@@ -2012,51 +2012,51 @@
       </x:c>
     </x:row>
     <x:row r="19" spans="1:13">
       <x:c r="A19" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B19" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C19" s="4">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D19" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E19" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F19" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G19" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="H19" s="4">
-        <x:v>1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J19" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K19" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="L19" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M19" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:13">
       <x:c r="A20" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B20" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C20" s="4">
@@ -2463,51 +2463,51 @@
       </x:c>
     </x:row>
     <x:row r="30" spans="1:13">
       <x:c r="A30" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B30" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C30" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D30" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E30" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F30" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G30" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H30" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I30" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J30" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="K30" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="L30" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M30" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:13">
       <x:c r="A31" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B31" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="C31" s="4">
@@ -2586,51 +2586,51 @@
       </x:c>
     </x:row>
     <x:row r="33" spans="1:13">
       <x:c r="A33" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B33" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C33" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D33" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E33" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F33" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G33" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="H33" s="4">
-        <x:v>1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J33" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="K33" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L33" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M33" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:13">
       <x:c r="A34" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B34" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C34" s="4">