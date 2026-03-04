--- v0 (2026-01-14)
+++ v1 (2026-03-04)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf36e03dec15e45be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6dc2d7055a9340ad9b39a80f22739b85.psmdcp" Id="R36d7849c28314138" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b73e2058c66467e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/071310414fb441349187f204db3cf99f.psmdcp" Id="Rd850b8573ab94005" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Lagerhållna antidoter" sheetId="1" r:id="rId2"/>
     <x:sheet name="Nya lagerhållna antidoter" sheetId="2" r:id="rId3"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Lagerhållare</x:t>
   </x:si>
   <x:si>
     <x:t>Produktnamn</x:t>
   </x:si>
@@ -596,81 +596,81 @@
   <x:si>
     <x:t>20160329100226</x:t>
   </x:si>
   <x:si>
     <x:t>Natriumzirkoniumcyklosilikat</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Magnesiumsulfat APL, Pulver till oral lösning </x:t>
   </x:si>
   <x:si>
     <x:t>Burk, 100 g</x:t>
   </x:si>
   <x:si>
     <x:t>330753</x:t>
   </x:si>
   <x:si>
     <x:t>20030804002546</x:t>
   </x:si>
   <x:si>
     <x:t>20031002103301</x:t>
   </x:si>
   <x:si>
     <x:t>Magnesiumsulfatheptahydrat</x:t>
   </x:si>
   <x:si>
+    <x:t>Makrogol 400 APL, Ögonsköljvätska 33 %</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Flaska, 1000 ml</x:t>
+  </x:si>
+  <x:si>
+    <x:t>322123</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20030804002553</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20031002103318</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Makrogol 400</x:t>
+  </x:si>
+  <x:si>
     <x:t xml:space="preserve">Makrogol 400 APL, Kutan lösning </x:t>
   </x:si>
   <x:si>
     <x:t>Flaska, 300 ml</x:t>
   </x:si>
   <x:si>
     <x:t>332023</x:t>
   </x:si>
   <x:si>
     <x:t>20111026000104</x:t>
   </x:si>
   <x:si>
     <x:t>20111026100057</x:t>
-  </x:si>
-[...16 lines deleted...]
-    <x:t>20031002103318</x:t>
   </x:si>
   <x:si>
     <x:t>Methylthioninium chloride Proveblue, Injektionsvätska, lösning 5 mg/ml</x:t>
   </x:si>
   <x:si>
     <x:t>Ampull, 5 x 10 ml</x:t>
   </x:si>
   <x:si>
     <x:t>597219</x:t>
   </x:si>
   <x:si>
     <x:t>20100106000011</x:t>
   </x:si>
   <x:si>
     <x:t>20100113100483</x:t>
   </x:si>
   <x:si>
     <x:t>Metyltioninklorid</x:t>
   </x:si>
   <x:si>
     <x:t>Miacalcic®, Injektions-/infusionsvätska, lösning 100 IE/ml</x:t>
   </x:si>
   <x:si>
     <x:t>159605</x:t>
   </x:si>
@@ -1926,101 +1926,101 @@
       </x:c>
       <x:c r="I8" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J8" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K8" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L8" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M8" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:13">
       <x:c r="A9" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B9" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C9" s="4">
-        <x:v>15</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="D9" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E9" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F9" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="G9" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H9" s="4">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J9" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K9" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L9" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M9" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:13">
       <x:c r="A10" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B10" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C10" s="4">
-        <x:v>5</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="D10" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E10" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F10" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G10" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H10" s="4">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I10" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J10" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K10" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L10" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M10" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:13">
       <x:c r="A11" s="4" t="s">
@@ -2172,101 +2172,101 @@
       </x:c>
       <x:c r="I14" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J14" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K14" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L14" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M14" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:13">
       <x:c r="A15" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B15" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C15" s="4">
-        <x:v>3</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D15" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E15" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F15" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="G15" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H15" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J15" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K15" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L15" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M15" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:13">
       <x:c r="A16" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C16" s="4">
-        <x:v>1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="D16" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E16" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F16" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G16" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H16" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I16" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J16" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K16" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L16" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M16" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:13">
       <x:c r="A17" s="4" t="s">
@@ -2310,51 +2310,51 @@
       </x:c>
     </x:row>
     <x:row r="18" spans="1:13">
       <x:c r="A18" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B18" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C18" s="4">
         <x:v>10</x:v>
       </x:c>
       <x:c r="D18" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E18" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F18" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G18" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H18" s="4">
-        <x:v>2</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="I18" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J18" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K18" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L18" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M18" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:13">
       <x:c r="A19" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B19" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C19" s="4">
@@ -2705,51 +2705,51 @@
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J27" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="K27" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L27" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M27" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:13">
       <x:c r="A28" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B28" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C28" s="4">
-        <x:v>1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D28" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E28" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F28" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G28" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H28" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I28" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J28" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K28" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
@@ -3007,51 +3007,51 @@
       </x:c>
     </x:row>
     <x:row r="35" spans="1:13">
       <x:c r="A35" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B35" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C35" s="4">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D35" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E35" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F35" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G35" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H35" s="4">
-        <x:v>1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J35" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K35" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="L35" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M35" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:13">
       <x:c r="A36" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B36" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C36" s="4">
@@ -3443,183 +3443,183 @@
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="J45" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="K45" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="L45" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M45" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:13">
       <x:c r="A46" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B46" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C46" s="4">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D46" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E46" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F46" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G46" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="H46" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I46" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="J46" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="K46" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="L46" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M46" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:13">
       <x:c r="A47" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B47" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="C47" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D47" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E47" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F47" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G47" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="H47" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="J47" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="K47" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="L47" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M47" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:13">
       <x:c r="A48" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B48" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C48" s="4">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D48" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E48" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F48" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="G48" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="H48" s="4">
         <x:v>2</x:v>
       </x:c>
       <x:c r="I48" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="J48" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="K48" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="L48" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M48" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:13">
       <x:c r="A49" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B49" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C49" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D49" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E49" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F49" s="4" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="G49" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="H49" s="4">
         <x:v>2</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="J49" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="K49" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="L49" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M49" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:13">
       <x:c r="A50" s="4" t="s">
@@ -3663,51 +3663,51 @@
       </x:c>
     </x:row>
     <x:row r="51" spans="1:13">
       <x:c r="A51" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B51" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="C51" s="4">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D51" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E51" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F51" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G51" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="H51" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J51" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="K51" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="L51" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M51" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:13">
       <x:c r="A52" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B52" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C52" s="4">
@@ -4190,92 +4190,92 @@
       </x:c>
       <x:c r="L63" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M63" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:13">
       <x:c r="A64" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B64" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="C64" s="4">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D64" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E64" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F64" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G64" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="H64" s="4">
         <x:v>2</x:v>
       </x:c>
       <x:c r="I64" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="J64" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="K64" s="4" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="L64" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M64" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:13">
       <x:c r="A65" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B65" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="C65" s="4">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D65" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E65" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F65" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="G65" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="H65" s="4">
         <x:v>2</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="J65" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="K65" s="4" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="L65" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M65" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:13">
       <x:c r="A66" s="4" t="s">