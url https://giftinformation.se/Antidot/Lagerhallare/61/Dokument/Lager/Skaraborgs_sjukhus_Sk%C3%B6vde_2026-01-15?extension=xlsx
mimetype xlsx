--- v0 (2026-01-15)
+++ v1 (2026-03-04)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb3e2a12a597485c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ee323d7faccc423c9225edf41af77dc7.psmdcp" Id="Rc4414f03b418464e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b0b13d632984319" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b329861c84d6426f97f4f7415ef108d0.psmdcp" Id="R736029442979400b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Lagerhållna antidoter" sheetId="1" r:id="rId2"/>
     <x:sheet name="Nya lagerhållna antidoter" sheetId="2" r:id="rId3"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Lagerhållare</x:t>
   </x:si>
   <x:si>
     <x:t>Produktnamn</x:t>
   </x:si>
@@ -641,225 +641,225 @@
   <x:si>
     <x:t>123126</x:t>
   </x:si>
   <x:si>
     <x:t>19931008000069</x:t>
   </x:si>
   <x:si>
     <x:t>20180306100070</x:t>
   </x:si>
   <x:si>
     <x:t>Oktreotid Campus, Injektionsvätska, lösning 50 mikrogram/ml</x:t>
   </x:si>
   <x:si>
     <x:t>582396</x:t>
   </x:si>
   <x:si>
     <x:t>20080926000012</x:t>
   </x:si>
   <x:si>
     <x:t>20090525100624</x:t>
   </x:si>
   <x:si>
     <x:t>Oktreotidacetat motsvarande 50 mikrogram oktreotid.</x:t>
   </x:si>
   <x:si>
-    <x:t>Olanzapine Teva, Munsönderfallande tablett 5 mg</x:t>
-[...11 lines deleted...]
-    <x:t>20070312100440</x:t>
+    <x:t>Phentolamine Mesylate injection Sandoz standard, Injektionsvätska, lösning 5 mg/ml</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10 x 1 ml</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20160901000043</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fentolamin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pravidel®, Tablett 2,5 mg</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Burk, 30 tabletter</x:t>
+  </x:si>
+  <x:si>
+    <x:t>003475</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19770504000018</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19770401100132</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bromokriptinmesylat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Praxbind, Injektions-/infusionsvätska, lösning 50 mg/ml</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Injektionsflaska, 2 st</x:t>
+  </x:si>
+  <x:si>
+    <x:t>376496</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20150318000071</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20150615100696</x:t>
+  </x:si>
+  <x:si>
+    <x:t>idarucizumab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Protaminsulfat LEO Pharma, Injektions-/infusionsvätska, lösning 1400 anti-heparin IE/ml</x:t>
+  </x:si>
+  <x:si>
+    <x:t>035024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20040607004043</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20040607104613</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Protaminsulfat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pulmicort® Turbuhaler®, Inhalationspulver 400 mikrogram/dos</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inhalator, 200 doser</x:t>
+  </x:si>
+  <x:si>
+    <x:t>382770</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19881209000125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19881001100450</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pyridoxin APL, Injektionsvätska, lösning 150 mg/ml</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ampull, 10 x 2 ml</x:t>
+  </x:si>
+  <x:si>
+    <x:t>347716</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20030804004045</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20031002105336</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pyridoxin (vitamin B6)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rivastigmin Orion, Kapsel, hård 3 mg</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blister, 112 kapslar</x:t>
+  </x:si>
+  <x:si>
+    <x:t>047634</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20080517000049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20080915100099</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rivastigmin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tetrakain Bausch &amp; Lomb, Ögondroppar, lösning i endosbehållare 1 % (10 mg/ml)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Katastroflager</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Endosbehållare (Minims), 20 x 0,5 ml</x:t>
+  </x:si>
+  <x:si>
+    <x:t>448068</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19840412000063</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19840401100200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tetrakainhydroklorid</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Toxogonin, Injektionsvätska, lösning 0,25 g/ml</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5 x 1 ml</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20130603015119</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Obidoxim</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Viperfav, Koncentrat till infusionsvätska, lösning </x:t>
+  </x:si>
+  <x:si>
+    <x:t>4 ml</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20131010000651</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Immunserum mot huggormsgift</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zalasta®, Munsönderfallande tablett 5 mg</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blister, 28 tabletter</x:t>
+  </x:si>
+  <x:si>
+    <x:t>114996</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20061212000053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20070111100115</x:t>
   </x:si>
   <x:si>
     <x:t>Olanzapin</x:t>
-  </x:si>
-[...157 lines deleted...]
-    <x:t>Immunserum mot huggormsgift</x:t>
   </x:si>
   <x:si>
     <x:t>Zeltacin, Injektions-/infusionsvätska, lösning 100 mg/ml</x:t>
   </x:si>
   <x:si>
     <x:t>Flaska, 50 ml</x:t>
   </x:si>
   <x:si>
     <x:t>411233</x:t>
   </x:si>
   <x:si>
     <x:t>20220525000031</x:t>
   </x:si>
   <x:si>
     <x:t>20220921100038</x:t>
   </x:si>
   <x:si>
     <x:t>Zyprexa®, Pulver till injektionsvätska, lösning 10 mg</x:t>
   </x:si>
   <x:si>
     <x:t>Injektionsflaska, 1 st</x:t>
   </x:si>
   <x:si>
     <x:t>005885</x:t>
   </x:si>
@@ -1878,92 +1878,92 @@
       </x:c>
     </x:row>
     <x:row r="12" spans="1:13">
       <x:c r="A12" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B12" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C12" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D12" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E12" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F12" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G12" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H12" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I12" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J12" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K12" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L12" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M12" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:13">
       <x:c r="A13" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B13" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C13" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D13" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E13" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F13" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G13" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H13" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J13" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K13" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L13" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M13" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:13">
       <x:c r="A14" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C14" s="4">
@@ -2150,101 +2150,101 @@
       </x:c>
       <x:c r="I18" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="J18" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="K18" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="L18" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M18" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:13">
       <x:c r="A19" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B19" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C19" s="4">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D19" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E19" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F19" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G19" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H19" s="4">
         <x:v>2</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="J19" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="K19" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L19" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M19" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:13">
       <x:c r="A20" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B20" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C20" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D20" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E20" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F20" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G20" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H20" s="4">
         <x:v>2</x:v>
       </x:c>
       <x:c r="I20" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="J20" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="K20" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L20" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M20" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:13">
       <x:c r="A21" s="4" t="s">
@@ -2944,51 +2944,51 @@
       </x:c>
     </x:row>
     <x:row r="38" spans="1:13">
       <x:c r="A38" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B38" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C38" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D38" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E38" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F38" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G38" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H38" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I38" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J38" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="K38" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="L38" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M38" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:13">
       <x:c r="A39" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B39" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C39" s="4">
@@ -3175,567 +3175,567 @@
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="J43" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="K43" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="L43" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M43" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:13">
       <x:c r="A44" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B44" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C44" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D44" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E44" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F44" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G44" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="H44" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I44" s="4" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J44" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
-      <x:c r="J44" s="4" t="s">
+      <x:c r="K44" s="4" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="L44" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="M44" s="4" t="s">
         <x:v>212</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:13">
       <x:c r="A45" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B45" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="C45" s="4">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D45" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E45" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F45" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G45" s="4" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="H45" s="4">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="I45" s="4" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="J45" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
-      <x:c r="H45" s="4">
-[...5 lines deleted...]
-      <x:c r="J45" s="4" t="s">
+      <x:c r="K45" s="4" t="s">
         <x:v>217</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>15</x:v>
       </x:c>
       <x:c r="L45" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M45" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:13">
       <x:c r="A46" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B46" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C46" s="4">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D46" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E46" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F46" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G46" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H46" s="4">
-        <x:v>0</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="I46" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="J46" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="K46" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="L46" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M46" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:13">
       <x:c r="A47" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B47" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C47" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D47" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E47" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F47" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G47" s="4" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="H47" s="4">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="I47" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
-      <x:c r="H47" s="4">
-[...2 lines deleted...]
-      <x:c r="I47" s="4" t="s">
+      <x:c r="J47" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
-      <x:c r="J47" s="4" t="s">
+      <x:c r="K47" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
-      <x:c r="K47" s="4" t="s">
+      <x:c r="L47" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="M47" s="4" t="s">
         <x:v>229</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:13">
       <x:c r="A48" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B48" s="4" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="C48" s="4">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="D48" s="5" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="E48" s="6" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F48" s="4" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="G48" s="4" t="s">
         <x:v>231</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>114</x:v>
       </x:c>
       <x:c r="H48" s="4">
         <x:v>2</x:v>
       </x:c>
       <x:c r="I48" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J48" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="K48" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="L48" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M48" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:13">
       <x:c r="A49" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B49" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="C49" s="4">
-        <x:v>10</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D49" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E49" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F49" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G49" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="H49" s="4">
         <x:v>2</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="J49" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="K49" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="L49" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M49" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:13">
       <x:c r="A50" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B50" s="4" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="C50" s="4">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="D50" s="5" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="E50" s="6" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F50" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G50" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
-      <x:c r="C50" s="4">
-[...11 lines deleted...]
-      <x:c r="G50" s="4" t="s">
+      <x:c r="H50" s="4">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="I50" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
-      <x:c r="H50" s="4">
-[...2 lines deleted...]
-      <x:c r="I50" s="4" t="s">
+      <x:c r="J50" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
-      <x:c r="J50" s="4" t="s">
+      <x:c r="K50" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
-      <x:c r="K50" s="4" t="s">
+      <x:c r="L50" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="M50" s="4" t="s">
         <x:v>240</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:13">
       <x:c r="A51" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B51" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C51" s="4">
-        <x:v>5</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D51" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E51" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F51" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G51" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="H51" s="4">
-        <x:v>5</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="J51" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="K51" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="L51" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M51" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:13">
       <x:c r="A52" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B52" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="C52" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D52" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E52" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F52" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="G52" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="H52" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I52" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="J52" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="K52" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="L52" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M52" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:13">
       <x:c r="A53" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B53" s="4" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="C53" s="4">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D53" s="5" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="E53" s="6" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F53" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G53" s="4" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="H53" s="4">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I53" s="4" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="J53" s="4" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="K53" s="4" t="s">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="L53" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="M53" s="4" t="s">
         <x:v>253</x:v>
-      </x:c>
-[...31 lines deleted...]
-        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:13">
       <x:c r="A54" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B54" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="C54" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D54" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E54" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F54" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G54" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="H54" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I54" s="4" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J54" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
-      <x:c r="J54" s="4" t="s">
+      <x:c r="K54" s="4" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="L54" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="M54" s="4" t="s">
         <x:v>257</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:13">
       <x:c r="A55" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B55" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C55" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D55" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E55" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F55" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G55" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="H55" s="4">
         <x:v>2</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J55" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="K55" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L55" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M55" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:13">
       <x:c r="A56" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B56" s="4" t="s">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="C56" s="4">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D56" s="5" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="E56" s="6" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F56" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G56" s="4" t="s">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="H56" s="4">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I56" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
-      <x:c r="C56" s="4">
-[...11 lines deleted...]
-      <x:c r="G56" s="4" t="s">
+      <x:c r="J56" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
-      <x:c r="H56" s="4">
-[...5 lines deleted...]
-      <x:c r="J56" s="4" t="s">
+      <x:c r="K56" s="4" t="s">
         <x:v>266</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>15</x:v>
       </x:c>
       <x:c r="L56" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M56" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:13">
       <x:c r="A57" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B57" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C57" s="4">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D57" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E57" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F57" s="4" t="s">
@@ -3779,51 +3779,51 @@
       <x:c r="E58" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F58" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G58" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="H58" s="4">
         <x:v>3</x:v>
       </x:c>
       <x:c r="I58" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="J58" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="K58" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="L58" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M58" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:sheetProtection sheet="1" objects="1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId6"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:K2"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>