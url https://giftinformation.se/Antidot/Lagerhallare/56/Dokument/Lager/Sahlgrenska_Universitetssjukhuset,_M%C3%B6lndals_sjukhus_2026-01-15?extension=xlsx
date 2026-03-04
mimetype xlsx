--- v0 (2026-01-15)
+++ v1 (2026-03-04)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3182ca14d4374620" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a7347d2e9dac4880851aebbe1cadf546.psmdcp" Id="R0b4c31276bc94103" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R036e86ce209749e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6af0000466fd4ef491b3a1579c9ea2ba.psmdcp" Id="R8c982b7ee7994c3a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Lagerhållna antidoter" sheetId="1" r:id="rId2"/>
     <x:sheet name="Nya lagerhållna antidoter" sheetId="2" r:id="rId3"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Lagerhållare</x:t>
   </x:si>
   <x:si>
     <x:t>Produktnamn</x:t>
   </x:si>
@@ -1552,51 +1552,51 @@
       </x:c>
     </x:row>
     <x:row r="8" spans="1:13">
       <x:c r="A8" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B8" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C8" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D8" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E8" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F8" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G8" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H8" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I8" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J8" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K8" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L8" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M8" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:13">
       <x:c r="A9" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B9" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C9" s="4">
@@ -1880,51 +1880,51 @@
       </x:c>
     </x:row>
     <x:row r="16" spans="1:13">
       <x:c r="A16" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C16" s="4">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D16" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E16" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F16" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G16" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H16" s="4">
-        <x:v>1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I16" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J16" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="K16" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L16" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M16" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:13">
       <x:c r="A17" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B17" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C17" s="4">
@@ -2331,51 +2331,51 @@
       </x:c>
     </x:row>
     <x:row r="27" spans="1:13">
       <x:c r="A27" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B27" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C27" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D27" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E27" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F27" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G27" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H27" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="J27" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="K27" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="L27" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M27" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:13">
       <x:c r="A28" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B28" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="C28" s="4">