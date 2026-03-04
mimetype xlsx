--- v0 (2026-01-14)
+++ v1 (2026-03-04)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0bc0e249cc34963" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e228867f5dcd477496e049bf7ac60864.psmdcp" Id="R7227c027d45b47f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ce6ea7160ec41d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e2f01f6b4bbd4e2a8aafe09a3cd4bcf6.psmdcp" Id="R5385e72851f84234" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Lagerhållna antidoter" sheetId="1" r:id="rId2"/>
     <x:sheet name="Nya lagerhållna antidoter" sheetId="2" r:id="rId3"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Lagerhållare</x:t>
   </x:si>
   <x:si>
     <x:t>Produktnamn</x:t>
   </x:si>
@@ -116,71 +116,71 @@
   <x:si>
     <x:t>19600130000031</x:t>
   </x:si>
   <x:si>
     <x:t>19600101100012</x:t>
   </x:si>
   <x:si>
     <x:t>Biperiden</x:t>
   </x:si>
   <x:si>
     <x:t>Anticholium, Injektionsvätska, lösning 0,4 mg/ml</x:t>
   </x:si>
   <x:si>
     <x:t>5  x  5 ml</x:t>
   </x:si>
   <x:si>
     <x:t>20130603020700</x:t>
   </x:si>
   <x:si>
     <x:t>Fysostigmin</x:t>
   </x:si>
   <x:si>
     <x:t>Atropin Viatris, Injektionsvätska, lösning 0,5 mg/ml</x:t>
   </x:si>
   <x:si>
+    <x:t>Regionlager antidoter akutmottagning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Injektionsflaska, 20 ml</x:t>
+  </x:si>
+  <x:si>
+    <x:t>461079</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19750124000025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19881001100054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Atropinsulfat</x:t>
+  </x:si>
+  <x:si>
     <x:t>Regionlager antidotväska ambulans</x:t>
   </x:si>
   <x:si>
-    <x:t>Injektionsflaska, 20 ml</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Antidoter akutmottagning</x:t>
   </x:si>
   <x:si>
     <x:t>Antidotväska ambulans</x:t>
   </x:si>
   <x:si>
     <x:t>Atropinsulfat, Injektionsvätska, lösning 100 mg</x:t>
   </x:si>
   <x:si>
     <x:t>5 x 10 ml</x:t>
   </x:si>
   <x:si>
     <x:t>20170426000022</x:t>
   </x:si>
   <x:si>
     <x:t>Atropinsulfat 10 mg/ml</x:t>
   </x:si>
   <x:si>
     <x:t>Bricanyl® Turbuhaler®, Inhalationspulver 0,5 mg/dos</x:t>
   </x:si>
   <x:si>
     <x:t>Inhalator, 1 x 120 doser</x:t>
   </x:si>
   <x:si>
     <x:t>371160</x:t>
@@ -701,69 +701,60 @@
   <x:si>
     <x:t>20130603015119</x:t>
   </x:si>
   <x:si>
     <x:t>Obidoxim</x:t>
   </x:si>
   <x:si>
     <x:t>Ventoline®, Lösning för nebulisator 2 mg/ml</x:t>
   </x:si>
   <x:si>
     <x:t>Endosbehållare, 60 x 2,5 ml</x:t>
   </x:si>
   <x:si>
     <x:t>476606</x:t>
   </x:si>
   <x:si>
     <x:t>19900202000137</x:t>
   </x:si>
   <x:si>
     <x:t>10010101111090</x:t>
   </x:si>
   <x:si>
     <x:t>Salbutamol</x:t>
   </x:si>
   <x:si>
-    <x:t>ViperaTAb, Koncentrat till infusionsvätska, lösning 100 mg</x:t>
-[...5 lines deleted...]
-    <x:t>20130603024548</x:t>
+    <x:t xml:space="preserve">Viperfav, Koncentrat till infusionsvätska, lösning </x:t>
+  </x:si>
+  <x:si>
+    <x:t>4 ml</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20131010000651</x:t>
   </x:si>
   <x:si>
     <x:t>Immunserum mot huggormsgift</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>20131010000651</x:t>
   </x:si>
   <x:si>
     <x:t>Zeltacin, Injektions-/infusionsvätska, lösning 100 mg/ml</x:t>
   </x:si>
   <x:si>
     <x:t>Flaska, 50 ml</x:t>
   </x:si>
   <x:si>
     <x:t>411233</x:t>
   </x:si>
   <x:si>
     <x:t>20220525000031</x:t>
   </x:si>
   <x:si>
     <x:t>20220921100038</x:t>
   </x:si>
   <x:si>
     <x:t>Zyprexa®, Pulver till injektionsvätska, lösning 10 mg</x:t>
   </x:si>
   <x:si>
     <x:t>Injektionsflaska, 1 st</x:t>
   </x:si>
   <x:si>
     <x:t>005885</x:t>
   </x:si>
@@ -952,52 +943,52 @@
       </x:fill>
       <x:border>
         <x:left style="thin"/>
         <x:right style="thin"/>
       </x:border>
     </x:dxf>
     <x:dxf>
       <x:fill>
         <x:patternFill patternType="solid">
           <x:fgColor auto="1"/>
           <x:bgColor rgb="00FFFFFF"/>
         </x:patternFill>
       </x:fill>
       <x:border>
         <x:right style="thin"/>
       </x:border>
     </x:dxf>
   </x:dxfs>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="rId9" /></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Antidoter" displayName="Antidoter" ref="A1:M68" totalsRowShown="0">
-  <x:autoFilter ref="A1:M68"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Antidoter" displayName="Antidoter" ref="A1:M67" totalsRowShown="0">
+  <x:autoFilter ref="A1:M67"/>
   <x:tableColumns count="13">
     <x:tableColumn id="1" name="Lagerhållare" dataDxfId="0"/>
     <x:tableColumn id="2" name="Produktnamn" dataDxfId="0"/>
     <x:tableColumn id="3" name="Antal i lager" dataDxfId="0"/>
     <x:tableColumn id="4" name="Nytt antal i lager" dataDxfId="1"/>
     <x:tableColumn id="5" name="Ny lagerplats" dataDxfId="2"/>
     <x:tableColumn id="6" name="Lagerplats" dataDxfId="0"/>
     <x:tableColumn id="7" name="Förpackning" dataDxfId="0"/>
     <x:tableColumn id="8" name="Rekommenderat antal" dataDxfId="0"/>
     <x:tableColumn id="9" name="Varunummer" dataDxfId="0"/>
     <x:tableColumn id="10" name="NPL/SB-id" dataDxfId="0"/>
     <x:tableColumn id="11" name="NPL/SB-packid" dataDxfId="0"/>
     <x:tableColumn id="12" name="Ort" dataDxfId="0"/>
     <x:tableColumn id="13" name="Substans" dataDxfId="0"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="2" name="NyaAntidoter" displayName="NyaAntidoter" ref="A1:K2" totalsRowShown="0">
   <x:autoFilter ref="A1:K2"/>
   <x:tableColumns count="11">
     <x:tableColumn id="1" name="Lagerhållare"/>
     <x:tableColumn id="2" name="Produktnamn"/>
@@ -1287,51 +1278,51 @@
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table2.xml" Id="rId7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:M68"/>
+  <x:dimension ref="A1:M67"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="80.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="13.424911" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="17.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="30.710625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="42.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="33.710625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="23.282054" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="15.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="15.567768" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="16.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="12.424911" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="37.567768" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:13">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
@@ -1735,51 +1726,51 @@
       </x:c>
       <x:c r="L10" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M10" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:13">
       <x:c r="A11" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B11" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C11" s="4">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D11" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E11" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F11" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="G11" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="H11" s="4">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J11" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K11" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L11" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M11" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:13">
       <x:c r="A12" s="4" t="s">
@@ -1823,215 +1814,215 @@
       </x:c>
     </x:row>
     <x:row r="13" spans="1:13">
       <x:c r="A13" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B13" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C13" s="4">
         <x:v>10</x:v>
       </x:c>
       <x:c r="D13" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E13" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F13" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G13" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H13" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J13" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K13" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L13" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M13" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:13">
       <x:c r="A14" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C14" s="4">
         <x:v>5</x:v>
       </x:c>
       <x:c r="D14" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E14" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F14" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G14" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H14" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I14" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J14" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K14" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L14" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M14" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:13">
       <x:c r="A15" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B15" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C15" s="4">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D15" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E15" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F15" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="G15" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H15" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J15" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K15" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L15" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M15" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:13">
       <x:c r="A16" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C16" s="4">
         <x:v>10</x:v>
       </x:c>
       <x:c r="D16" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E16" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F16" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="G16" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H16" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I16" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J16" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K16" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L16" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M16" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:13">
       <x:c r="A17" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B17" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C17" s="4">
         <x:v>10</x:v>
       </x:c>
       <x:c r="D17" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E17" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F17" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G17" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H17" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J17" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K17" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L17" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M17" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:13">
       <x:c r="A18" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B18" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C18" s="4">
@@ -2104,51 +2095,51 @@
       </x:c>
       <x:c r="L19" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M19" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:13">
       <x:c r="A20" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B20" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C20" s="4">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D20" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E20" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F20" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="G20" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H20" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I20" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J20" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K20" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L20" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M20" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:13">
       <x:c r="A21" s="4" t="s">
@@ -2807,51 +2798,51 @@
       </x:c>
     </x:row>
     <x:row r="37" spans="1:13">
       <x:c r="A37" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B37" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C37" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D37" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E37" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F37" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G37" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="H37" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J37" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="K37" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="L37" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M37" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:13">
       <x:c r="A38" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B38" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C38" s="4">
@@ -2883,174 +2874,174 @@
       </x:c>
       <x:c r="L38" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M38" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:13">
       <x:c r="A39" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B39" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C39" s="4">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D39" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E39" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F39" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="G39" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H39" s="4">
         <x:v>5</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J39" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="K39" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="L39" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M39" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:13">
       <x:c r="A40" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B40" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C40" s="4">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D40" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E40" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F40" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="G40" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H40" s="4">
         <x:v>5</x:v>
       </x:c>
       <x:c r="I40" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J40" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="K40" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="L40" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M40" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:13">
       <x:c r="A41" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B41" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C41" s="4">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D41" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E41" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F41" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="G41" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H41" s="4">
         <x:v>5</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J41" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="K41" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="L41" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M41" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:13">
       <x:c r="A42" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B42" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C42" s="4">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D42" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E42" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F42" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="G42" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H42" s="4">
         <x:v>5</x:v>
       </x:c>
       <x:c r="I42" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J42" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="K42" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="L42" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M42" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:13">
       <x:c r="A43" s="4" t="s">
@@ -3416,51 +3407,51 @@
       </x:c>
       <x:c r="L51" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M51" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:13">
       <x:c r="A52" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B52" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C52" s="4">
         <x:v>5</x:v>
       </x:c>
       <x:c r="D52" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E52" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F52" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="G52" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H52" s="4">
         <x:v>2</x:v>
       </x:c>
       <x:c r="I52" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="J52" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="K52" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="L52" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M52" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:13">
       <x:c r="A53" s="4" t="s">
@@ -3539,92 +3530,92 @@
       </x:c>
       <x:c r="L54" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M54" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:13">
       <x:c r="A55" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B55" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C55" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D55" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E55" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F55" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="G55" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="H55" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="J55" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="K55" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="L55" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M55" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:13">
       <x:c r="A56" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B56" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C56" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D56" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E56" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F56" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="G56" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="H56" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I56" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="J56" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="K56" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="L56" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M56" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:13">
       <x:c r="A57" s="4" t="s">
@@ -3785,358 +3776,317 @@
       </x:c>
       <x:c r="L60" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M60" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:13">
       <x:c r="A61" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B61" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C61" s="4">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D61" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E61" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F61" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="G61" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="H61" s="4">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="J61" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="K61" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="L61" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M61" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:13">
       <x:c r="A62" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B62" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="C62" s="4">
-        <x:v>2</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="D62" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E62" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F62" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G62" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H62" s="4">
         <x:v>2</x:v>
       </x:c>
       <x:c r="I62" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J62" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="K62" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L62" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M62" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:13">
       <x:c r="A63" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B63" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C63" s="4">
-        <x:v>2</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D63" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E63" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F63" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G63" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="H63" s="4">
-        <x:v>2</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
-        <x:v>15</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="J63" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="K63" s="4" t="s">
-        <x:v>15</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="L63" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M63" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:13">
       <x:c r="A64" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B64" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C64" s="4">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D64" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E64" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F64" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="G64" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="H64" s="4">
         <x:v>4</x:v>
       </x:c>
       <x:c r="I64" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="J64" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="K64" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="L64" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M64" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:13">
       <x:c r="A65" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B65" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C65" s="4">
-        <x:v>8</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="D65" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E65" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F65" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="G65" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="H65" s="4">
         <x:v>4</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="J65" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="K65" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="L65" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M65" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:13">
       <x:c r="A66" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B66" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C66" s="4">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D66" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E66" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F66" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="G66" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="H66" s="4">
         <x:v>4</x:v>
       </x:c>
       <x:c r="I66" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="J66" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="K66" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="L66" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M66" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:13">
       <x:c r="A67" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B67" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="C67" s="4">
-        <x:v>4</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="D67" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E67" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F67" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G67" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="H67" s="4">
-        <x:v>4</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="J67" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="K67" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="L67" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M67" s="4" t="s">
-        <x:v>56</x:v>
-[...39 lines deleted...]
-      <x:c r="M68" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:sheetProtection sheet="1" objects="1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId6"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:K2"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>