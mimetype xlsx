--- v0 (2025-12-14)
+++ v1 (2026-03-03)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R589f782048c64477" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b095d180bc994b8bb42c1957f54601c6.psmdcp" Id="R7989de29b8ac40e8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3623ea8a13e54086" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a6c15272201e47bbbc3ef4a1eb2985fa.psmdcp" Id="Rdf3464b57f614f39" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Lagerhållna antidoter" sheetId="1" r:id="rId2"/>
     <x:sheet name="Nya lagerhållna antidoter" sheetId="2" r:id="rId3"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Lagerhållare</x:t>
   </x:si>
   <x:si>
     <x:t>Produktnamn</x:t>
   </x:si>
@@ -1823,215 +1823,215 @@
       </x:c>
     </x:row>
     <x:row r="13" spans="1:13">
       <x:c r="A13" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B13" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C13" s="4">
         <x:v>10</x:v>
       </x:c>
       <x:c r="D13" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E13" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F13" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G13" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H13" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J13" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K13" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L13" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M13" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:13">
       <x:c r="A14" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C14" s="4">
         <x:v>5</x:v>
       </x:c>
       <x:c r="D14" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E14" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F14" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G14" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H14" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I14" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J14" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K14" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L14" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M14" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:13">
       <x:c r="A15" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B15" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C15" s="4">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D15" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E15" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F15" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G15" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H15" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J15" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K15" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L15" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M15" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:13">
       <x:c r="A16" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C16" s="4">
         <x:v>10</x:v>
       </x:c>
       <x:c r="D16" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E16" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F16" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="G16" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H16" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I16" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J16" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K16" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L16" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M16" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:13">
       <x:c r="A17" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B17" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C17" s="4">
         <x:v>10</x:v>
       </x:c>
       <x:c r="D17" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E17" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F17" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G17" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H17" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J17" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K17" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L17" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M17" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:13">
       <x:c r="A18" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B18" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C18" s="4">
@@ -2807,51 +2807,51 @@
       </x:c>
     </x:row>
     <x:row r="37" spans="1:13">
       <x:c r="A37" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B37" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C37" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D37" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E37" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F37" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G37" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="H37" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J37" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="K37" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="L37" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M37" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:13">
       <x:c r="A38" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B38" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C38" s="4">