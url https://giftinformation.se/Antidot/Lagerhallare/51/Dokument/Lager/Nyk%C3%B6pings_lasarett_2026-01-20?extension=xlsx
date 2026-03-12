--- v0 (2026-01-20)
+++ v1 (2026-03-12)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2151881a165b433c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8828b8a8f73b4e76b62cb24db1d6ca40.psmdcp" Id="Rc5cf382aca394efd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6807ad73235f4779" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/180dd6b9d609406c9163ef9348435e12.psmdcp" Id="Rc78aa05bb2524c4e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Lagerhållna antidoter" sheetId="1" r:id="rId2"/>
     <x:sheet name="Nya lagerhållna antidoter" sheetId="2" r:id="rId3"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Lagerhållare</x:t>
   </x:si>
   <x:si>
     <x:t>Produktnamn</x:t>
   </x:si>
@@ -1646,92 +1646,92 @@
       </x:c>
     </x:row>
     <x:row r="10" spans="1:13">
       <x:c r="A10" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B10" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C10" s="4">
         <x:v>5</x:v>
       </x:c>
       <x:c r="D10" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E10" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F10" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G10" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H10" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I10" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J10" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K10" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L10" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M10" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:13">
       <x:c r="A11" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B11" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C11" s="4">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D11" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E11" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F11" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G11" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H11" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J11" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K11" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L11" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M11" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:13">
       <x:c r="A12" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B12" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C12" s="4">
@@ -2384,51 +2384,51 @@
       </x:c>
     </x:row>
     <x:row r="28" spans="1:13">
       <x:c r="A28" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B28" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C28" s="4">
         <x:v>5</x:v>
       </x:c>
       <x:c r="D28" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E28" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F28" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G28" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="H28" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I28" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="J28" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="K28" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="L28" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M28" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:13">
       <x:c r="A29" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B29" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="C29" s="4">
@@ -3040,51 +3040,51 @@
       </x:c>
     </x:row>
     <x:row r="44" spans="1:13">
       <x:c r="A44" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B44" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C44" s="4">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D44" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E44" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F44" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="G44" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H44" s="4">
-        <x:v>2</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I44" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J44" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="K44" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L44" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M44" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:13">
       <x:c r="A45" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B45" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C45" s="4">