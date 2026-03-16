--- v0 (2025-12-06)
+++ v1 (2026-03-16)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd29f1290d2364d72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5cac784a8136415f88bb8ac577c8b8c1.psmdcp" Id="Rad82ae386e454f5b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb91328fe12294eb9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ee287c903d9d4f708943c6deb8005efa.psmdcp" Id="Rd6305f5530834f7d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Lagerhållna antidoter" sheetId="1" r:id="rId2"/>
     <x:sheet name="Nya lagerhållna antidoter" sheetId="2" r:id="rId3"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Lagerhållare</x:t>
   </x:si>
   <x:si>
     <x:t>Produktnamn</x:t>
   </x:si>
@@ -176,104 +176,98 @@
   <x:si>
     <x:t>19750124000025</x:t>
   </x:si>
   <x:si>
     <x:t>19881001100054</x:t>
   </x:si>
   <x:si>
     <x:t>Atropinsulfat, Injektionsvätska, lösning 100 mg</x:t>
   </x:si>
   <x:si>
     <x:t>5 x 10 ml</x:t>
   </x:si>
   <x:si>
     <x:t>20170426000022</x:t>
   </x:si>
   <x:si>
     <x:t>Atropinsulfat 10 mg/ml</x:t>
   </x:si>
   <x:si>
     <x:t>Katastrofförråd Akuten</x:t>
   </x:si>
   <x:si>
     <x:t>Bricanyl® Turbuhaler®, Inhalationspulver 0,5 mg/dos</x:t>
   </x:si>
   <x:si>
-    <x:t>Katastrofförråd lm-enhet</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Inhalator, 1 x 200 doser</x:t>
   </x:si>
   <x:si>
     <x:t>410290</x:t>
   </x:si>
   <x:si>
     <x:t>19870508000134</x:t>
   </x:si>
   <x:si>
     <x:t>19870401100160</x:t>
   </x:si>
   <x:si>
     <x:t>Terbutalinsulfat</x:t>
   </x:si>
   <x:si>
     <x:t>C Gel - Calcium Gluconate Gel, Gel 2,5 %</x:t>
   </x:si>
   <x:si>
     <x:t>40 g</x:t>
   </x:si>
   <x:si>
     <x:t>GIC10000002</x:t>
   </x:si>
   <x:si>
     <x:t>Kalciumglukonat</x:t>
   </x:si>
   <x:si>
     <x:t>Calcium-Sandoz®, Brustablett 500 mg</x:t>
   </x:si>
   <x:si>
     <x:t>Plaströr, 100 tabl</x:t>
   </x:si>
   <x:si>
     <x:t>193813</x:t>
   </x:si>
   <x:si>
     <x:t>19651208000019</x:t>
   </x:si>
   <x:si>
     <x:t>19651208100023</x:t>
   </x:si>
   <x:si>
     <x:t>Kalciumlaktatglukonat, kalciumkarbonat</x:t>
   </x:si>
   <x:si>
     <x:t>Cyanokit, Pulver till infusionsvätska, lösning 5 g</x:t>
   </x:si>
   <x:si>
-    <x:t>Akuten</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Injektionsflaska, 5 g</x:t>
   </x:si>
   <x:si>
     <x:t>112073</x:t>
   </x:si>
   <x:si>
     <x:t>20100115000217</x:t>
   </x:si>
   <x:si>
     <x:t>20100322100045</x:t>
   </x:si>
   <x:si>
     <x:t>Hydroxokobalamin</x:t>
   </x:si>
   <x:si>
     <x:t>Desferal®, Pulver till injektions-/infusionsvätska, lösning 500 mg</x:t>
   </x:si>
   <x:si>
     <x:t>Injektionsflaska, 10 x 500 mg</x:t>
   </x:si>
   <x:si>
     <x:t>189175</x:t>
   </x:si>
   <x:si>
     <x:t>19640320000045</x:t>
@@ -293,50 +287,62 @@
   <x:si>
     <x:t>20211006000107</x:t>
   </x:si>
   <x:si>
     <x:t>Diazepam</x:t>
   </x:si>
   <x:si>
     <x:t>Flumazenil Fresenius Kabi, Injektionsvätska, lösning 0,1 mg/ml</x:t>
   </x:si>
   <x:si>
     <x:t>Ampull, 5 x 5 ml</x:t>
   </x:si>
   <x:si>
     <x:t>036633</x:t>
   </x:si>
   <x:si>
     <x:t>20050620000588</x:t>
   </x:si>
   <x:si>
     <x:t>20050701100213</x:t>
   </x:si>
   <x:si>
     <x:t>Flumazenil</x:t>
   </x:si>
   <x:si>
+    <x:t>Flumazenil hameln, Injektions-/infusionsvätska, lösning 0,1 mg/ml</x:t>
+  </x:si>
+  <x:si>
+    <x:t>036259</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20050620000571</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20050701100152</x:t>
+  </x:si>
+  <x:si>
     <x:t>Fomepizole SERB, Koncentrat till infusionsvätska, lösning 5 mg/ml</x:t>
   </x:si>
   <x:si>
     <x:t>Ampull, 5 x 20 ml</x:t>
   </x:si>
   <x:si>
     <x:t>573863</x:t>
   </x:si>
   <x:si>
     <x:t>20011214000599</x:t>
   </x:si>
   <x:si>
     <x:t>20011214104150</x:t>
   </x:si>
   <x:si>
     <x:t>Fomepizol</x:t>
   </x:si>
   <x:si>
     <x:t>Glucagon Novo Nordisk, Pulver och vätska till injektionsvätska, lösning i förfylld spruta 1 mg (1 IE)</x:t>
   </x:si>
   <x:si>
     <x:t>IVA, kylskåp</x:t>
   </x:si>
   <x:si>
     <x:t>Injektionsflaska och förfylld spruta, I + II (Hypokit)</x:t>
@@ -363,62 +369,50 @@
     <x:t>20160909000014</x:t>
   </x:si>
   <x:si>
     <x:t>20161229100019</x:t>
   </x:si>
   <x:si>
     <x:t>Insulin</x:t>
   </x:si>
   <x:si>
     <x:t>Kolsuspension, Oral suspension 150 mg/ml</x:t>
   </x:si>
   <x:si>
     <x:t>Plastflaska, 100 ml</x:t>
   </x:si>
   <x:si>
     <x:t>132852</x:t>
   </x:si>
   <x:si>
     <x:t>19690328000035</x:t>
   </x:si>
   <x:si>
     <x:t>19690101100068</x:t>
   </x:si>
   <x:si>
     <x:t>Medicinskt kol</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>19880101100155</x:t>
   </x:si>
   <x:si>
     <x:t>Lokelma, Pulver till oral suspension 10 g</x:t>
   </x:si>
   <x:si>
     <x:t>Dospåse, 30 stycken (PET/Al/LLDPE)</x:t>
   </x:si>
   <x:si>
     <x:t>171874</x:t>
   </x:si>
   <x:si>
     <x:t>20151209000033</x:t>
   </x:si>
   <x:si>
     <x:t>20160329100226</x:t>
   </x:si>
   <x:si>
     <x:t>Natriumzirkoniumcyklosilikat</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Makrogol 400 APL, Kutan lösning </x:t>
   </x:si>
   <x:si>
     <x:t>Flaska, 300 ml</x:t>
   </x:si>
@@ -1250,51 +1244,51 @@
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table2.xml" Id="rId7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:M46"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.282054" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="88.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="13.424911" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="17.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="30.710625" style="0" customWidth="1"/>
-    <x:col min="6" max="6" width="23.424911" style="0" customWidth="1"/>
+    <x:col min="6" max="6" width="21.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="45.567768" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="23.282054" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="15.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="15.567768" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="16.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.853482" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="53.996339" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:13">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
@@ -1309,51 +1303,51 @@
       </x:c>
       <x:c r="I1" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="J1" s="1" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="K1" s="1" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="L1" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="M1" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:13">
       <x:c r="A2" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B2" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C2" s="4">
-        <x:v>1</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="D2" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E2" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F2" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G2" s="4" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="H2" s="4">
         <x:v>4</x:v>
       </x:c>
       <x:c r="I2" s="4" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J2" s="4" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="K2" s="4" t="s">
         <x:v>20</x:v>
       </x:c>
@@ -1473,51 +1467,51 @@
       </x:c>
       <x:c r="I5" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J5" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K5" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L5" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M5" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:13">
       <x:c r="A6" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B6" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C6" s="4">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D6" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E6" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F6" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G6" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="H6" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I6" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J6" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K6" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -1596,1598 +1590,1598 @@
       </x:c>
       <x:c r="I8" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J8" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K8" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L8" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M8" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:13">
       <x:c r="A9" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B9" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C9" s="4">
-        <x:v>0</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D9" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E9" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F9" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G9" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H9" s="4">
         <x:v>2</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J9" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K9" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L9" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M9" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:13">
       <x:c r="A10" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B10" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C10" s="4">
-        <x:v>0</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="D10" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E10" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F10" s="4" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G10" s="4" t="s">
         <x:v>54</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>55</x:v>
       </x:c>
       <x:c r="H10" s="4">
         <x:v>10</x:v>
       </x:c>
       <x:c r="I10" s="4" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="J10" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="J10" s="4" t="s">
+      <x:c r="K10" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="K10" s="4" t="s">
+      <x:c r="L10" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="M10" s="4" t="s">
         <x:v>58</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:13">
       <x:c r="A11" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B11" s="4" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="C11" s="4">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D11" s="5" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="E11" s="6" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F11" s="4" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G11" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="C11" s="4">
-[...11 lines deleted...]
-      <x:c r="G11" s="4" t="s">
+      <x:c r="H11" s="4">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="I11" s="4" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J11" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
-      <x:c r="H11" s="4">
-[...5 lines deleted...]
-      <x:c r="J11" s="4" t="s">
+      <x:c r="K11" s="4" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="L11" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="M11" s="4" t="s">
         <x:v>62</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:13">
       <x:c r="A12" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B12" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C12" s="4">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D12" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E12" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F12" s="4" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G12" s="4" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="H12" s="4">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="I12" s="4" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J12" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
-      <x:c r="H12" s="4">
-[...5 lines deleted...]
-      <x:c r="J12" s="4" t="s">
+      <x:c r="K12" s="4" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="L12" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="M12" s="4" t="s">
         <x:v>62</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:13">
       <x:c r="A13" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B13" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C13" s="4">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D13" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E13" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F13" s="4" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G13" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H13" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="J13" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="J13" s="4" t="s">
+      <x:c r="K13" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="K13" s="4" t="s">
+      <x:c r="L13" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="M13" s="4" t="s">
         <x:v>68</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:13">
       <x:c r="A14" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C14" s="4">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D14" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E14" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F14" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G14" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H14" s="4">
         <x:v>2</x:v>
       </x:c>
       <x:c r="I14" s="4" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="J14" s="4" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="K14" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="J14" s="4" t="s">
+      <x:c r="L14" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="M14" s="4" t="s">
         <x:v>74</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:13">
       <x:c r="A15" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B15" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C15" s="4">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D15" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E15" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F15" s="4" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G15" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H15" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="J15" s="4" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="K15" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="J15" s="4" t="s">
+      <x:c r="L15" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="M15" s="4" t="s">
         <x:v>80</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:13">
       <x:c r="A16" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C16" s="4">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D16" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E16" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F16" s="4" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G16" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H16" s="4">
         <x:v>4</x:v>
       </x:c>
       <x:c r="I16" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J16" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K16" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L16" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M16" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:13">
       <x:c r="A17" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B17" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C17" s="4">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="D17" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E17" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F17" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G17" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H17" s="4">
         <x:v>3</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="J17" s="4" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="K17" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
-      <x:c r="J17" s="4" t="s">
+      <x:c r="L17" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="M17" s="4" t="s">
         <x:v>90</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:13">
       <x:c r="A18" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B18" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C18" s="4">
-        <x:v>7</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D18" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E18" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F18" s="4" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G18" s="4" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="H18" s="4">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="I18" s="4" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="J18" s="4" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="K18" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="H18" s="4">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="L18" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M18" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:13">
       <x:c r="A19" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B19" s="4" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="C19" s="4">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="D19" s="5" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="E19" s="6" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F19" s="4" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="G19" s="4" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="H19" s="4">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="I19" s="4" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="J19" s="4" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="K19" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="C19" s="4">
-[...8 lines deleted...]
-      <x:c r="F19" s="4" t="s">
+      <x:c r="L19" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="M19" s="4" t="s">
         <x:v>100</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:13">
       <x:c r="A20" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B20" s="4" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="C20" s="4">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="D20" s="5" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="E20" s="6" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F20" s="4" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="G20" s="4" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="H20" s="4">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="I20" s="4" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="J20" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="K20" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="C20" s="4">
-[...17 lines deleted...]
-      <x:c r="I20" s="4" t="s">
+      <x:c r="L20" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="M20" s="4" t="s">
         <x:v>107</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:13">
       <x:c r="A21" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B21" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C21" s="4">
-        <x:v>15</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="D21" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E21" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F21" s="4" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G21" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H21" s="4">
         <x:v>10</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="J21" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="K21" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="L21" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M21" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:13">
       <x:c r="A22" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B22" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C22" s="4">
-        <x:v>21</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="D22" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E22" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F22" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="G22" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="H22" s="4">
         <x:v>10</x:v>
       </x:c>
       <x:c r="I22" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J22" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="K22" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="L22" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M22" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:13">
       <x:c r="A23" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B23" s="4" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="C23" s="4">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="D23" s="5" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="E23" s="6" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F23" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G23" s="4" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="H23" s="4">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="I23" s="4" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="J23" s="4" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="K23" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="C23" s="4">
-[...17 lines deleted...]
-      <x:c r="I23" s="4" t="s">
+      <x:c r="L23" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="M23" s="4" t="s">
         <x:v>118</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:13">
       <x:c r="A24" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B24" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C24" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D24" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E24" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F24" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G24" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H24" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I24" s="4" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="J24" s="4" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="K24" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="J24" s="4" t="s">
+      <x:c r="L24" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="M24" s="4" t="s">
         <x:v>124</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:13">
       <x:c r="A25" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B25" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C25" s="4">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D25" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E25" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F25" s="4" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G25" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H25" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="J25" s="4" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="K25" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="J25" s="4" t="s">
+      <x:c r="L25" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="M25" s="4" t="s">
         <x:v>124</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:13">
       <x:c r="A26" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B26" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C26" s="4">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D26" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E26" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F26" s="4" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G26" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H26" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I26" s="4" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="J26" s="4" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="K26" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="J26" s="4" t="s">
+      <x:c r="L26" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="M26" s="4" t="s">
         <x:v>130</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:13">
       <x:c r="A27" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B27" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C27" s="4">
         <x:v>5</x:v>
       </x:c>
       <x:c r="D27" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E27" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F27" s="4" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G27" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H27" s="4">
         <x:v>2</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="J27" s="4" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="K27" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
-      <x:c r="J27" s="4" t="s">
+      <x:c r="L27" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="M27" s="4" t="s">
         <x:v>136</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:13">
       <x:c r="A28" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B28" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C28" s="4">
         <x:v>5</x:v>
       </x:c>
       <x:c r="D28" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E28" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F28" s="4" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G28" s="4" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="H28" s="4">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I28" s="4" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="J28" s="4" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="K28" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="J28" s="4" t="s">
+      <x:c r="L28" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="M28" s="4" t="s">
         <x:v>141</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:13">
       <x:c r="A29" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B29" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C29" s="4">
-        <x:v>1.5</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D29" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E29" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F29" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G29" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="H29" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="J29" s="4" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="K29" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="J29" s="4" t="s">
+      <x:c r="L29" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="M29" s="4" t="s">
         <x:v>146</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:13">
       <x:c r="A30" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B30" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C30" s="4">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D30" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E30" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F30" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="G30" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="H30" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I30" s="4" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="J30" s="4" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="K30" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="J30" s="4" t="s">
+      <x:c r="L30" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="M30" s="4" t="s">
         <x:v>146</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:13">
       <x:c r="A31" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B31" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C31" s="4">
-        <x:v>0</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="D31" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E31" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F31" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G31" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H31" s="4">
         <x:v>5</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="J31" s="4" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="K31" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="J31" s="4" t="s">
+      <x:c r="L31" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="M31" s="4" t="s">
         <x:v>153</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:13">
       <x:c r="A32" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B32" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C32" s="4">
         <x:v>10</x:v>
       </x:c>
       <x:c r="D32" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E32" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F32" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="G32" s="4" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="H32" s="4">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="I32" s="4" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="J32" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="H32" s="4">
-[...2 lines deleted...]
-      <x:c r="I32" s="4" t="s">
+      <x:c r="K32" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="J32" s="4" t="s">
+      <x:c r="L32" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="M32" s="4" t="s">
         <x:v>159</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:13">
       <x:c r="A33" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B33" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C33" s="4">
         <x:v>20</x:v>
       </x:c>
       <x:c r="D33" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E33" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F33" s="4" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G33" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H33" s="4">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="J33" s="4" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="K33" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="J33" s="4" t="s">
+      <x:c r="L33" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="M33" s="4" t="s">
         <x:v>165</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:13">
       <x:c r="A34" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B34" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C34" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D34" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E34" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F34" s="4" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G34" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H34" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I34" s="4" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="J34" s="4" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="K34" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="J34" s="4" t="s">
+      <x:c r="L34" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="M34" s="4" t="s">
         <x:v>171</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:13">
       <x:c r="A35" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B35" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C35" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D35" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E35" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F35" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="G35" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H35" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="J35" s="4" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="K35" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="J35" s="4" t="s">
+      <x:c r="L35" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="M35" s="4" t="s">
         <x:v>177</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:13">
       <x:c r="A36" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B36" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="C36" s="4">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D36" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E36" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F36" s="4" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G36" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H36" s="4">
         <x:v>2</x:v>
       </x:c>
       <x:c r="I36" s="4" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="J36" s="4" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="K36" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="J36" s="4" t="s">
+      <x:c r="L36" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="M36" s="4" t="s">
         <x:v>182</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:13">
       <x:c r="A37" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B37" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C37" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D37" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E37" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F37" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G37" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H37" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="J37" s="4" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="K37" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
-      <x:c r="J37" s="4" t="s">
+      <x:c r="L37" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="M37" s="4" t="s">
         <x:v>188</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:13">
       <x:c r="A38" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B38" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="C38" s="4">
-        <x:v>5</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D38" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E38" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F38" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G38" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="H38" s="4">
         <x:v>2</x:v>
       </x:c>
       <x:c r="I38" s="4" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="J38" s="4" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="K38" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
-      <x:c r="J38" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="L38" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M38" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:13">
       <x:c r="A39" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B39" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="C39" s="4">
-        <x:v>0</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D39" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E39" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F39" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G39" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="H39" s="4">
         <x:v>2</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="J39" s="4" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="K39" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
-      <x:c r="J39" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="L39" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M39" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:13">
       <x:c r="A40" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B40" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C40" s="4">
         <x:v>5</x:v>
       </x:c>
       <x:c r="D40" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E40" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F40" s="4" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G40" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="H40" s="4">
         <x:v>5</x:v>
       </x:c>
       <x:c r="I40" s="4" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="J40" s="4" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="K40" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="J40" s="4" t="s">
+      <x:c r="L40" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="M40" s="4" t="s">
         <x:v>199</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:13">
       <x:c r="A41" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B41" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="C41" s="4">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D41" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E41" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F41" s="4" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G41" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="H41" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="J41" s="4" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="K41" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
-      <x:c r="J41" s="4" t="s">
+      <x:c r="L41" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="M41" s="4" t="s">
         <x:v>205</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:13">
       <x:c r="A42" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B42" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C42" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D42" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E42" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F42" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G42" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="H42" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I42" s="4" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="J42" s="4" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="K42" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
-      <x:c r="J42" s="4" t="s">
+      <x:c r="L42" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="M42" s="4" t="s">
         <x:v>211</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:13">
       <x:c r="A43" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B43" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C43" s="4">
-        <x:v>0</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D43" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E43" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F43" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G43" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="H43" s="4">
         <x:v>2</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J43" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="K43" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L43" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M43" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:13">
       <x:c r="A44" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B44" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C44" s="4">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D44" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E44" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F44" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="G44" s="4" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="H44" s="4">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="I44" s="4" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J44" s="4" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="K44" s="4" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="L44" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="M44" s="4" t="s">
         <x:v>219</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:13">
       <x:c r="A45" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B45" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="C45" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D45" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E45" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F45" s="4" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G45" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="H45" s="4">
         <x:v>2</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J45" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="K45" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L45" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M45" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:13">
       <x:c r="A46" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B46" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C46" s="4">
         <x:v>5</x:v>
       </x:c>
       <x:c r="D46" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E46" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F46" s="4" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G46" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="H46" s="4">
         <x:v>3</x:v>
       </x:c>
       <x:c r="I46" s="4" t="s">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="J46" s="4" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="K46" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
-      <x:c r="J46" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="L46" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M46" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:sheetProtection sheet="1" objects="1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId6"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:K2"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>