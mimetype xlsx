--- v0 (2026-01-20)
+++ v1 (2026-03-19)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0acfd9dbd61411f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ad096bccfd914a7ea9d96a60c0c34472.psmdcp" Id="R4ba0678113ba4e27" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Redb3d1578c13493f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5a4acbcaf44e445398f0be453cdee4c3.psmdcp" Id="R77e0a01377dc48f9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Lagerhållna antidoter" sheetId="1" r:id="rId2"/>
     <x:sheet name="Nya lagerhållna antidoter" sheetId="2" r:id="rId3"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Lagerhållare</x:t>
   </x:si>
   <x:si>
     <x:t>Produktnamn</x:t>
   </x:si>
@@ -1846,51 +1846,51 @@
       </x:c>
     </x:row>
     <x:row r="11" spans="1:13">
       <x:c r="A11" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B11" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C11" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D11" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E11" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F11" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G11" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H11" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J11" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K11" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L11" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M11" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:13">
       <x:c r="A12" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B12" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C12" s="4">
@@ -2461,51 +2461,51 @@
       </x:c>
     </x:row>
     <x:row r="26" spans="1:13">
       <x:c r="A26" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B26" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C26" s="4">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D26" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E26" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F26" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G26" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="H26" s="4">
-        <x:v>3</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I26" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J26" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="K26" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="L26" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M26" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:13">
       <x:c r="A27" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B27" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C27" s="4">
@@ -2912,51 +2912,51 @@
       </x:c>
     </x:row>
     <x:row r="37" spans="1:13">
       <x:c r="A37" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B37" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="C37" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D37" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E37" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F37" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G37" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H37" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J37" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="K37" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="L37" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M37" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:13">
       <x:c r="A38" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B38" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C38" s="4">
@@ -3773,51 +3773,51 @@
       </x:c>
     </x:row>
     <x:row r="58" spans="1:13">
       <x:c r="A58" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B58" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="C58" s="4">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D58" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E58" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F58" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="G58" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H58" s="4">
-        <x:v>2</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I58" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J58" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="K58" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L58" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M58" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:13">
       <x:c r="A59" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B59" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="C59" s="4">