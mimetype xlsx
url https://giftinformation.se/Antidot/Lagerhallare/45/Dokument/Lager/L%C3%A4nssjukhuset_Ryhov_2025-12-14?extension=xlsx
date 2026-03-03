--- v0 (2025-12-14)
+++ v1 (2026-03-03)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ced9594294b4186" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/37544b83c7be4495a0361611b03ade88.psmdcp" Id="R51145e4e9b4a4924" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49390a0d42f84ecf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5f8be06af150428ab2f388120930c754.psmdcp" Id="Rc3b4bdb97d6d4801" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Lagerhållna antidoter" sheetId="1" r:id="rId2"/>
     <x:sheet name="Nya lagerhållna antidoter" sheetId="2" r:id="rId3"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Lagerhållare</x:t>
   </x:si>
   <x:si>
     <x:t>Produktnamn</x:t>
   </x:si>
@@ -1780,92 +1780,92 @@
       </x:c>
     </x:row>
     <x:row r="11" spans="1:13">
       <x:c r="A11" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B11" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C11" s="4">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D11" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E11" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F11" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G11" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H11" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J11" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K11" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L11" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M11" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:13">
       <x:c r="A12" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B12" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C12" s="4">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D12" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E12" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F12" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G12" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H12" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I12" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J12" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K12" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L12" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M12" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:13">
       <x:c r="A13" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B13" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C13" s="4">
@@ -2928,51 +2928,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:13">
       <x:c r="A39" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B39" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C39" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D39" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E39" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F39" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G39" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H39" s="4">
-        <x:v>1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J39" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="K39" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L39" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M39" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:13">
       <x:c r="A40" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B40" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="C40" s="4">