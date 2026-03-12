--- v0 (2026-01-20)
+++ v1 (2026-03-12)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc14d9065d4ce4df5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e8ae1321d8504d2e8109e942fdf1aee4.psmdcp" Id="R9a7b2676c6e34a83" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdaeaf576fb8a499b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1834befad4f04b708d950c64929ee6a5.psmdcp" Id="R106f3ee6f0934edd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Lagerhållna antidoter" sheetId="1" r:id="rId2"/>
     <x:sheet name="Nya lagerhållna antidoter" sheetId="2" r:id="rId3"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Lagerhållare</x:t>
   </x:si>
   <x:si>
     <x:t>Produktnamn</x:t>
   </x:si>
@@ -644,69 +644,75 @@
   <x:si>
     <x:t>20130603015119</x:t>
   </x:si>
   <x:si>
     <x:t>Obidoxim</x:t>
   </x:si>
   <x:si>
     <x:t>Ventoline®, Lösning för nebulisator 2 mg/ml</x:t>
   </x:si>
   <x:si>
     <x:t>Endosbehållare, 60 x 2,5 ml</x:t>
   </x:si>
   <x:si>
     <x:t>476606</x:t>
   </x:si>
   <x:si>
     <x:t>19900202000137</x:t>
   </x:si>
   <x:si>
     <x:t>10010101111090</x:t>
   </x:si>
   <x:si>
     <x:t>Salbutamol</x:t>
   </x:si>
   <x:si>
-    <x:t>ViperaTAb, Koncentrat till infusionsvätska, lösning 100 mg</x:t>
-[...5 lines deleted...]
-    <x:t>20130603024548</x:t>
+    <x:t xml:space="preserve">Viperfav, Koncentrat till infusionsvätska, lösning </x:t>
+  </x:si>
+  <x:si>
+    <x:t>4 ml</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20131010000651</x:t>
   </x:si>
   <x:si>
     <x:t>Immunserum mot huggormsgift</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Viperfav, Koncentrat till infusionsvätska, lösning </x:t>
-[...5 lines deleted...]
-    <x:t>20131010000651</x:t>
+    <x:t>Zeltacin, Injektions-/infusionsvätska, lösning 100 mg/ml</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Flaska, 50 ml</x:t>
+  </x:si>
+  <x:si>
+    <x:t>411233</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20220525000031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20220921100038</x:t>
   </x:si>
   <x:si>
     <x:t>Zyprexa®, Pulver till injektionsvätska, lösning 10 mg</x:t>
   </x:si>
   <x:si>
     <x:t>Injektionsflaska, 1 st</x:t>
   </x:si>
   <x:si>
     <x:t>005885</x:t>
   </x:si>
   <x:si>
     <x:t>20010702000011</x:t>
   </x:si>
   <x:si>
     <x:t>20010702100025</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="1">
@@ -880,52 +886,52 @@
       </x:fill>
       <x:border>
         <x:left style="thin"/>
         <x:right style="thin"/>
       </x:border>
     </x:dxf>
     <x:dxf>
       <x:fill>
         <x:patternFill patternType="solid">
           <x:fgColor auto="1"/>
           <x:bgColor rgb="00FFFFFF"/>
         </x:patternFill>
       </x:fill>
       <x:border>
         <x:right style="thin"/>
       </x:border>
     </x:dxf>
   </x:dxfs>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="rId9" /></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Antidoter" displayName="Antidoter" ref="A1:M44" totalsRowShown="0">
-  <x:autoFilter ref="A1:M44"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Antidoter" displayName="Antidoter" ref="A1:M46" totalsRowShown="0">
+  <x:autoFilter ref="A1:M46"/>
   <x:tableColumns count="13">
     <x:tableColumn id="1" name="Lagerhållare" dataDxfId="0"/>
     <x:tableColumn id="2" name="Produktnamn" dataDxfId="0"/>
     <x:tableColumn id="3" name="Antal i lager" dataDxfId="0"/>
     <x:tableColumn id="4" name="Nytt antal i lager" dataDxfId="1"/>
     <x:tableColumn id="5" name="Ny lagerplats" dataDxfId="2"/>
     <x:tableColumn id="6" name="Lagerplats" dataDxfId="0"/>
     <x:tableColumn id="7" name="Förpackning" dataDxfId="0"/>
     <x:tableColumn id="8" name="Rekommenderat antal" dataDxfId="0"/>
     <x:tableColumn id="9" name="Varunummer" dataDxfId="0"/>
     <x:tableColumn id="10" name="NPL/SB-id" dataDxfId="0"/>
     <x:tableColumn id="11" name="NPL/SB-packid" dataDxfId="0"/>
     <x:tableColumn id="12" name="Ort" dataDxfId="0"/>
     <x:tableColumn id="13" name="Substans" dataDxfId="0"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="2" name="NyaAntidoter" displayName="NyaAntidoter" ref="A1:K2" totalsRowShown="0">
   <x:autoFilter ref="A1:K2"/>
   <x:tableColumns count="11">
     <x:tableColumn id="1" name="Lagerhållare"/>
     <x:tableColumn id="2" name="Produktnamn"/>
@@ -1215,51 +1221,51 @@
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table2.xml" Id="rId7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:M44"/>
+  <x:dimension ref="A1:M46"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="21.424911" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="80.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="13.424911" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="17.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="30.710625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="24.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="33.710625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="23.282054" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="15.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="15.567768" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="16.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="7.282054" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="37.567768" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:13">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
@@ -1587,92 +1593,92 @@
       </x:c>
     </x:row>
     <x:row r="9" spans="1:13">
       <x:c r="A9" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B9" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C9" s="4">
         <x:v>10</x:v>
       </x:c>
       <x:c r="D9" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E9" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F9" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="G9" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H9" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J9" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K9" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L9" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M9" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:13">
       <x:c r="A10" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B10" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C10" s="4">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D10" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E10" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F10" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G10" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H10" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I10" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J10" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K10" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L10" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M10" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:13">
       <x:c r="A11" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B11" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C11" s="4">
@@ -2161,51 +2167,51 @@
       </x:c>
     </x:row>
     <x:row r="23" spans="1:13">
       <x:c r="A23" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B23" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C23" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D23" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E23" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F23" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G23" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="H23" s="4">
-        <x:v>1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J23" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K23" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="L23" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M23" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:13">
       <x:c r="A24" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B24" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C24" s="4">
@@ -2284,51 +2290,51 @@
       </x:c>
     </x:row>
     <x:row r="26" spans="1:13">
       <x:c r="A26" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B26" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C26" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D26" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E26" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F26" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G26" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H26" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I26" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J26" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="K26" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="L26" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M26" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:13">
       <x:c r="A27" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B27" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C27" s="4">
@@ -2925,162 +2931,244 @@
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J41" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K41" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="L41" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M41" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:13">
       <x:c r="A42" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B42" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C42" s="4">
-        <x:v>2</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="D42" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E42" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F42" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G42" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="H42" s="4">
         <x:v>2</x:v>
       </x:c>
       <x:c r="I42" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J42" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="K42" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L42" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M42" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:13">
       <x:c r="A43" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B43" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C43" s="4">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D43" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E43" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F43" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="G43" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="H43" s="4">
         <x:v>2</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J43" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="K43" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L43" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M43" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:13">
       <x:c r="A44" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B44" s="4" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="C44" s="4">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D44" s="5" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="E44" s="6" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F44" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G44" s="4" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="H44" s="4">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="I44" s="4" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="J44" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
-      <x:c r="C44" s="4">
+      <x:c r="K44" s="4" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="L44" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="M44" s="4" t="s">
+        <x:v>54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:13">
+      <x:c r="A45" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="B45" s="4" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="C45" s="4">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="D45" s="5" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="E45" s="6" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F45" s="4" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="G45" s="4" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="H45" s="4">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="I45" s="4" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="J45" s="4" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="K45" s="4" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="L45" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="M45" s="4" t="s">
+        <x:v>54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="46" spans="1:13">
+      <x:c r="A46" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="B46" s="4" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="C46" s="4">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="D44" s="5" t="s">
-[...5 lines deleted...]
-      <x:c r="F44" s="4" t="s">
+      <x:c r="D46" s="5" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="E46" s="6" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F46" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
-      <x:c r="G44" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="H44" s="4">
+      <x:c r="G46" s="4" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="H46" s="4">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="I44" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="K44" s="4" t="s">
+      <x:c r="I46" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
-      <x:c r="L44" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="M44" s="4" t="s">
+      <x:c r="J46" s="4" t="s">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="K46" s="4" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="L46" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="M46" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:sheetProtection sheet="1" objects="1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId6"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:K2"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>