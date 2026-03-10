--- v0 (2025-12-12)
+++ v1 (2026-03-10)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8907c0f7b3114e5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f0d9b25712e04e56a2cf292d7fcf9263.psmdcp" Id="Re55e0758bf3c411a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9132b591fce4e0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/186ed63041e34549805594a8c4a90f38.psmdcp" Id="R4f6e63686ece41b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Lagerhållna antidoter" sheetId="1" r:id="rId2"/>
     <x:sheet name="Nya lagerhållna antidoter" sheetId="2" r:id="rId3"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Lagerhållare</x:t>
   </x:si>
   <x:si>
     <x:t>Produktnamn</x:t>
   </x:si>
@@ -1712,51 +1712,51 @@
       </x:c>
     </x:row>
     <x:row r="10" spans="1:13">
       <x:c r="A10" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B10" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C10" s="4">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D10" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E10" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F10" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="G10" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H10" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I10" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J10" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K10" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L10" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M10" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:13">
       <x:c r="A11" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B11" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C11" s="4">
@@ -2573,51 +2573,51 @@
       </x:c>
     </x:row>
     <x:row r="31" spans="1:13">
       <x:c r="A31" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B31" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C31" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D31" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E31" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F31" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G31" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H31" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="J31" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="K31" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="L31" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M31" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:13">
       <x:c r="A32" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B32" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C32" s="4">