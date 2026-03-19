--- v0 (2026-01-20)
+++ v1 (2026-03-19)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R728b45e4deb74b5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/38a68fac28ae489382b74930575a77ae.psmdcp" Id="R5934a92a9c834048" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R058a6561209347ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b7076a2789a04e6797356acf691571ba.psmdcp" Id="R127822721f1f4c17" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Lagerhållna antidoter" sheetId="1" r:id="rId2"/>
     <x:sheet name="Nya lagerhållna antidoter" sheetId="2" r:id="rId3"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Lagerhållare</x:t>
   </x:si>
   <x:si>
     <x:t>Produktnamn</x:t>
   </x:si>
@@ -1305,51 +1305,51 @@
       </x:c>
     </x:row>
     <x:row r="6" spans="1:13">
       <x:c r="A6" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B6" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C6" s="4">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D6" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E6" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F6" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G6" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H6" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I6" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J6" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K6" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L6" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M6" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:13">
       <x:c r="A7" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B7" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C7" s="4">
@@ -1592,51 +1592,51 @@
       </x:c>
     </x:row>
     <x:row r="13" spans="1:13">
       <x:c r="A13" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B13" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C13" s="4">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D13" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E13" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F13" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G13" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H13" s="4">
-        <x:v>1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J13" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K13" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L13" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M13" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:13">
       <x:c r="A14" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C14" s="4">
@@ -1674,51 +1674,51 @@
       </x:c>
     </x:row>
     <x:row r="15" spans="1:13">
       <x:c r="A15" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B15" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C15" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D15" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E15" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F15" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G15" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H15" s="4">
-        <x:v>1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J15" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="K15" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="L15" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M15" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:13">
       <x:c r="A16" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C16" s="4">
@@ -1879,51 +1879,51 @@
       </x:c>
     </x:row>
     <x:row r="20" spans="1:13">
       <x:c r="A20" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B20" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C20" s="4">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D20" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E20" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F20" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G20" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H20" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I20" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J20" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K20" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L20" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M20" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:13">
       <x:c r="A21" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B21" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C21" s="4">