--- v0 (2026-01-15)
+++ v1 (2026-03-13)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb99311c4a55e41fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b23b8ac3fbbe41dd8d2afa2693a876c6.psmdcp" Id="R3f4fa9d545e2475d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde383e16f5b841a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a7f59f8eac5a4085a55e08e0fb63038d.psmdcp" Id="R27e5c4ec9fbc450e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Lagerhållna antidoter" sheetId="1" r:id="rId2"/>
     <x:sheet name="Nya lagerhållna antidoter" sheetId="2" r:id="rId3"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Lagerhållare</x:t>
   </x:si>
   <x:si>
     <x:t>Produktnamn</x:t>
   </x:si>
@@ -1842,51 +1842,51 @@
       </x:c>
     </x:row>
     <x:row r="12" spans="1:13">
       <x:c r="A12" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B12" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C12" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D12" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E12" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F12" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G12" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H12" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I12" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J12" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K12" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L12" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M12" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:13">
       <x:c r="A13" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B13" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C13" s="4">
@@ -2416,51 +2416,51 @@
       </x:c>
     </x:row>
     <x:row r="26" spans="1:13">
       <x:c r="A26" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B26" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C26" s="4">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D26" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E26" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F26" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G26" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H26" s="4">
-        <x:v>3</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I26" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="J26" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="K26" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L26" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M26" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:13">
       <x:c r="A27" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B27" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C27" s="4">
@@ -2703,51 +2703,51 @@
       </x:c>
     </x:row>
     <x:row r="33" spans="1:13">
       <x:c r="A33" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B33" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C33" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D33" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E33" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F33" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G33" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H33" s="4">
-        <x:v>1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="J33" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="K33" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L33" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M33" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:13">
       <x:c r="A34" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B34" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C34" s="4">
@@ -2826,92 +2826,92 @@
       </x:c>
     </x:row>
     <x:row r="36" spans="1:13">
       <x:c r="A36" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B36" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C36" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D36" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E36" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F36" s="4" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G36" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="H36" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I36" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J36" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="K36" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="L36" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M36" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:13">
       <x:c r="A37" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B37" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C37" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D37" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E37" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F37" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G37" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="H37" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J37" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="K37" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="L37" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M37" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:13">
       <x:c r="A38" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B38" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C38" s="4">
@@ -2949,51 +2949,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:13">
       <x:c r="A39" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B39" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C39" s="4">
         <x:v>5</x:v>
       </x:c>
       <x:c r="D39" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E39" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F39" s="4" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G39" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="H39" s="4">
-        <x:v>5</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="J39" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="K39" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="L39" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M39" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:13">
       <x:c r="A40" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B40" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="C40" s="4">