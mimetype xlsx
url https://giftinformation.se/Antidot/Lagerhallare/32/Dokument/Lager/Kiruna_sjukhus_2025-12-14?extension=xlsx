--- v0 (2025-12-14)
+++ v1 (2026-03-12)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a25b7bc5df543e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c65fa408a1c649269d1b0d3569ba372d.psmdcp" Id="R94fe99dc8c7b432f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6862aee623f84139" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a9328019fe2545c797c91a3c0c3cef45.psmdcp" Id="Rc586e90cd4cb487b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Lagerhållna antidoter" sheetId="1" r:id="rId2"/>
     <x:sheet name="Nya lagerhållna antidoter" sheetId="2" r:id="rId3"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Lagerhållare</x:t>
   </x:si>
   <x:si>
     <x:t>Produktnamn</x:t>
   </x:si>
@@ -1505,51 +1505,51 @@
       </x:c>
     </x:row>
     <x:row r="7" spans="1:13">
       <x:c r="A7" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B7" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C7" s="4">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D7" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E7" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F7" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G7" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="H7" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J7" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K7" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L7" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M7" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:13">
       <x:c r="A8" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B8" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C8" s="4">
@@ -1915,92 +1915,92 @@
       </x:c>
     </x:row>
     <x:row r="17" spans="1:13">
       <x:c r="A17" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B17" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C17" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D17" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E17" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F17" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G17" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H17" s="4">
-        <x:v>1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J17" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="K17" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L17" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M17" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:13">
       <x:c r="A18" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B18" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C18" s="4">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D18" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E18" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F18" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="G18" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H18" s="4">
-        <x:v>3</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I18" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J18" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="K18" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="L18" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M18" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:13">
       <x:c r="A19" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B19" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C19" s="4">
@@ -2079,51 +2079,51 @@
       </x:c>
     </x:row>
     <x:row r="21" spans="1:13">
       <x:c r="A21" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B21" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C21" s="4">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D21" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E21" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F21" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="G21" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="H21" s="4">
-        <x:v>1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J21" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="K21" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="L21" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M21" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:13">
       <x:c r="A22" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B22" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C22" s="4">
@@ -2161,51 +2161,51 @@
       </x:c>
     </x:row>
     <x:row r="23" spans="1:13">
       <x:c r="A23" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B23" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C23" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D23" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E23" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F23" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G23" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H23" s="4">
-        <x:v>1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J23" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K23" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L23" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M23" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:13">
       <x:c r="A24" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B24" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C24" s="4">
@@ -2325,51 +2325,51 @@
       </x:c>
     </x:row>
     <x:row r="27" spans="1:13">
       <x:c r="A27" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B27" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C27" s="4">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D27" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E27" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F27" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G27" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H27" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J27" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K27" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="L27" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M27" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:13">
       <x:c r="A28" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B28" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C28" s="4">
@@ -2407,51 +2407,51 @@
       </x:c>
     </x:row>
     <x:row r="29" spans="1:13">
       <x:c r="A29" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B29" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C29" s="4">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D29" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E29" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F29" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G29" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="H29" s="4">
-        <x:v>5</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="J29" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="K29" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="L29" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M29" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:13">
       <x:c r="A30" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B30" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C30" s="4">