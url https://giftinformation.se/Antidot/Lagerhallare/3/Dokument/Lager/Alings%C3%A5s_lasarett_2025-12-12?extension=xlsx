--- v0 (2025-12-13)
+++ v1 (2026-03-12)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb989d4aa7e4e4c7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f8729ba0551a4d1c8478be7458b77c61.psmdcp" Id="Rff203a6bb8c64661" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc129679e1634120" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/10d358de8ef44279898d8816c8bd476b.psmdcp" Id="Raf87712b78f644ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Lagerhållna antidoter" sheetId="1" r:id="rId2"/>
     <x:sheet name="Nya lagerhållna antidoter" sheetId="2" r:id="rId3"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Lagerhållare</x:t>
   </x:si>
   <x:si>
     <x:t>Produktnamn</x:t>
   </x:si>
@@ -1718,51 +1718,51 @@
       </x:c>
     </x:row>
     <x:row r="10" spans="1:13">
       <x:c r="A10" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B10" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C10" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D10" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E10" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F10" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G10" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H10" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I10" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J10" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K10" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L10" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M10" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:13">
       <x:c r="A11" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B11" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C11" s="4">
@@ -2128,51 +2128,51 @@
       </x:c>
     </x:row>
     <x:row r="20" spans="1:13">
       <x:c r="A20" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B20" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C20" s="4">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D20" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E20" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F20" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G20" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H20" s="4">
-        <x:v>3</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I20" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="J20" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K20" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="L20" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M20" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:13">
       <x:c r="A21" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B21" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C21" s="4">
@@ -2292,51 +2292,51 @@
       </x:c>
     </x:row>
     <x:row r="24" spans="1:13">
       <x:c r="A24" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B24" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C24" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D24" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E24" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F24" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G24" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="H24" s="4">
-        <x:v>1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I24" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="J24" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="K24" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L24" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M24" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:13">
       <x:c r="A25" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B25" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C25" s="4">
@@ -2415,51 +2415,51 @@
       </x:c>
     </x:row>
     <x:row r="27" spans="1:13">
       <x:c r="A27" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B27" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C27" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D27" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E27" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F27" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G27" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H27" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J27" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K27" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="L27" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M27" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:13">
       <x:c r="A28" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B28" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C28" s="4">
@@ -2497,51 +2497,51 @@
       </x:c>
     </x:row>
     <x:row r="29" spans="1:13">
       <x:c r="A29" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B29" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C29" s="4">
         <x:v>5</x:v>
       </x:c>
       <x:c r="D29" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E29" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F29" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G29" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="H29" s="4">
-        <x:v>5</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="J29" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="K29" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="L29" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M29" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:13">
       <x:c r="A30" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B30" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="C30" s="4">
@@ -2989,51 +2989,51 @@
       </x:c>
     </x:row>
     <x:row r="41" spans="1:13">
       <x:c r="A41" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B41" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="C41" s="4">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D41" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E41" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F41" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G41" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="H41" s="4">
-        <x:v>2</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J41" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="K41" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L41" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M41" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:13">
       <x:c r="A42" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B42" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="C42" s="4">