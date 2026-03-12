--- v0 (2026-01-20)
+++ v1 (2026-03-12)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc8b520f93c541c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/338ff442ac8d4dac847131042819ca96.psmdcp" Id="R5af1936735024984" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00b7321eaedc4e12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a857d09f62164d94836c92614f78f12a.psmdcp" Id="Ra8e9f846d467457d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Lagerhållna antidoter" sheetId="1" r:id="rId2"/>
     <x:sheet name="Nya lagerhållna antidoter" sheetId="2" r:id="rId3"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Lagerhållare</x:t>
   </x:si>
   <x:si>
     <x:t>Produktnamn</x:t>
   </x:si>
@@ -2003,133 +2003,133 @@
       </x:c>
     </x:row>
     <x:row r="13" spans="1:13">
       <x:c r="A13" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B13" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C13" s="4">
         <x:v>5</x:v>
       </x:c>
       <x:c r="D13" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E13" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F13" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G13" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H13" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J13" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K13" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L13" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M13" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:13">
       <x:c r="A14" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C14" s="4">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D14" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E14" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F14" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G14" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H14" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I14" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J14" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K14" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L14" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M14" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:13">
       <x:c r="A15" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B15" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C15" s="4">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D15" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E15" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F15" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G15" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H15" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J15" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K15" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L15" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M15" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:13">
       <x:c r="A16" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C16" s="4">
@@ -2823,92 +2823,92 @@
       </x:c>
     </x:row>
     <x:row r="33" spans="1:13">
       <x:c r="A33" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B33" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C33" s="4">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D33" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E33" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F33" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G33" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H33" s="4">
-        <x:v>3</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J33" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="K33" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="L33" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M33" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:13">
       <x:c r="A34" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B34" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C34" s="4">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D34" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E34" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F34" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G34" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H34" s="4">
-        <x:v>3</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I34" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J34" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="K34" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="L34" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M34" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:13">
       <x:c r="A35" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B35" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C35" s="4">
@@ -3192,51 +3192,51 @@
       </x:c>
     </x:row>
     <x:row r="42" spans="1:13">
       <x:c r="A42" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B42" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="C42" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D42" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E42" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F42" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G42" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="H42" s="4">
-        <x:v>1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I42" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="J42" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="K42" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="L42" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M42" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:13">
       <x:c r="A43" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B43" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="C43" s="4">
@@ -3479,174 +3479,174 @@
       </x:c>
     </x:row>
     <x:row r="49" spans="1:13">
       <x:c r="A49" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B49" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C49" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D49" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E49" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F49" s="4" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G49" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H49" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J49" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="K49" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="L49" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M49" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:13">
       <x:c r="A50" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B50" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C50" s="4">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D50" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E50" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F50" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G50" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H50" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I50" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J50" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="K50" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="L50" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M50" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:13">
       <x:c r="A51" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B51" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C51" s="4">
         <x:v>10</x:v>
       </x:c>
       <x:c r="D51" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E51" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F51" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="G51" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="H51" s="4">
-        <x:v>5</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="J51" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="K51" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="L51" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M51" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:13">
       <x:c r="A52" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B52" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C52" s="4">
         <x:v>5</x:v>
       </x:c>
       <x:c r="D52" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E52" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F52" s="4" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G52" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="H52" s="4">
-        <x:v>5</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I52" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="J52" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="K52" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="L52" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M52" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:13">
       <x:c r="A53" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B53" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C53" s="4">