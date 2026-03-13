--- v0 (2026-01-20)
+++ v1 (2026-03-13)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9c8630f82254440" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/134d70e3b83540bfa992a636a12cca15.psmdcp" Id="R5efc709939ee4d13" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81017e149bd845b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f1fecb5c73f44f53952b431d931fff52.psmdcp" Id="Re2aed3afd1664bb7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Lagerhållna antidoter" sheetId="1" r:id="rId2"/>
     <x:sheet name="Nya lagerhållna antidoter" sheetId="2" r:id="rId3"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Lagerhållare</x:t>
   </x:si>
   <x:si>
     <x:t>Produktnamn</x:t>
   </x:si>
@@ -1773,51 +1773,51 @@
       </x:c>
     </x:row>
     <x:row r="9" spans="1:13">
       <x:c r="A9" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B9" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C9" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D9" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E9" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F9" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G9" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H9" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J9" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K9" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L9" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M9" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:13">
       <x:c r="A10" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B10" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C10" s="4">
@@ -2306,92 +2306,92 @@
       </x:c>
     </x:row>
     <x:row r="22" spans="1:13">
       <x:c r="A22" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B22" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C22" s="4">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D22" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E22" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F22" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G22" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H22" s="4">
-        <x:v>1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I22" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J22" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="K22" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L22" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M22" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:13">
       <x:c r="A23" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B23" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="C23" s="4">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D23" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E23" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F23" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G23" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H23" s="4">
-        <x:v>3</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="J23" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="K23" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L23" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M23" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:13">
       <x:c r="A24" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B24" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C24" s="4">
@@ -2511,51 +2511,51 @@
       </x:c>
     </x:row>
     <x:row r="27" spans="1:13">
       <x:c r="A27" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B27" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C27" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D27" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E27" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F27" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G27" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="H27" s="4">
-        <x:v>1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J27" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="K27" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="L27" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M27" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:13">
       <x:c r="A28" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B28" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C28" s="4">
@@ -2798,51 +2798,51 @@
       </x:c>
     </x:row>
     <x:row r="34" spans="1:13">
       <x:c r="A34" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B34" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C34" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D34" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E34" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F34" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G34" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="H34" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I34" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J34" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K34" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="L34" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M34" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:13">
       <x:c r="A35" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B35" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C35" s="4">
@@ -2880,51 +2880,51 @@
       </x:c>
     </x:row>
     <x:row r="36" spans="1:13">
       <x:c r="A36" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B36" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="C36" s="4">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D36" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E36" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F36" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G36" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="H36" s="4">
-        <x:v>3</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I36" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="J36" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="K36" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="L36" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M36" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:13">
       <x:c r="A37" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B37" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C37" s="4">
@@ -3495,51 +3495,51 @@
       </x:c>
     </x:row>
     <x:row r="51" spans="1:13">
       <x:c r="A51" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B51" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="C51" s="4">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D51" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E51" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F51" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G51" s="4" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="H51" s="4">
-        <x:v>2</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J51" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="K51" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L51" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M51" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:sheetProtection sheet="1" objects="1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId6"/>