--- v0 (2025-12-14)
+++ v1 (2026-03-10)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0e9fb87b8954254" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/09ad9002ab28444ba26d7c5c3fd5aa93.psmdcp" Id="R3a66db61665b48c6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5a7770a24264ca6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4a555ddbca71468183a51c3901f6d1f1.psmdcp" Id="R77545b9046ee4f63" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Lagerhållna antidoter" sheetId="1" r:id="rId2"/>
     <x:sheet name="Nya lagerhållna antidoter" sheetId="2" r:id="rId3"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Lagerhållare</x:t>
   </x:si>
   <x:si>
     <x:t>Produktnamn</x:t>
   </x:si>
@@ -1747,51 +1747,51 @@
       </x:c>
     </x:row>
     <x:row r="8" spans="1:13">
       <x:c r="A8" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B8" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C8" s="4">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D8" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E8" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F8" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G8" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H8" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I8" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J8" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K8" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L8" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M8" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:13">
       <x:c r="A9" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B9" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C9" s="4">
@@ -2239,51 +2239,51 @@
       </x:c>
     </x:row>
     <x:row r="20" spans="1:13">
       <x:c r="A20" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B20" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C20" s="4">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D20" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E20" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F20" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G20" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="H20" s="4">
-        <x:v>1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I20" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J20" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="K20" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="L20" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M20" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:13">
       <x:c r="A21" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B21" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C21" s="4">
@@ -2731,51 +2731,51 @@
       </x:c>
     </x:row>
     <x:row r="32" spans="1:13">
       <x:c r="A32" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B32" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C32" s="4">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D32" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E32" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F32" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G32" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="H32" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I32" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="J32" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="K32" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="L32" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M32" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:13">
       <x:c r="A33" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B33" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C33" s="4">
@@ -3059,51 +3059,51 @@
       </x:c>
     </x:row>
     <x:row r="40" spans="1:13">
       <x:c r="A40" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B40" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="C40" s="4">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D40" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E40" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F40" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G40" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="H40" s="4">
-        <x:v>1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I40" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J40" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="K40" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L40" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M40" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:13">
       <x:c r="A41" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B41" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C41" s="4">