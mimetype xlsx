--- v0 (2025-12-13)
+++ v1 (2026-03-17)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3687096a291e46db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c9b6b421ebaf4241be4e988075be9fff.psmdcp" Id="R43a2e81bb54a49c1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0af1470d13bd4217" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e6c7915bdf7c4a14916760b8a3565798.psmdcp" Id="R8ab34dcf790f4d6f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Lagerhållna antidoter" sheetId="1" r:id="rId2"/>
     <x:sheet name="Nya lagerhållna antidoter" sheetId="2" r:id="rId3"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Lagerhållare</x:t>
   </x:si>
   <x:si>
     <x:t>Produktnamn</x:t>
   </x:si>
@@ -1950,51 +1950,51 @@
       </x:c>
     </x:row>
     <x:row r="15" spans="1:13">
       <x:c r="A15" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B15" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C15" s="4">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D15" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E15" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F15" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G15" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H15" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J15" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K15" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L15" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M15" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:13">
       <x:c r="A16" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C16" s="4">
@@ -2688,51 +2688,51 @@
       </x:c>
     </x:row>
     <x:row r="33" spans="1:13">
       <x:c r="A33" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B33" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C33" s="4">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D33" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E33" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F33" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G33" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="H33" s="4">
-        <x:v>3</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J33" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="K33" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="L33" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M33" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:13">
       <x:c r="A34" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B34" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C34" s="4">
@@ -2893,51 +2893,51 @@
       </x:c>
     </x:row>
     <x:row r="38" spans="1:13">
       <x:c r="A38" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B38" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C38" s="4">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D38" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E38" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F38" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G38" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="H38" s="4">
-        <x:v>1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I38" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="J38" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="K38" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="L38" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M38" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:13">
       <x:c r="A39" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B39" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C39" s="4">
@@ -3262,92 +3262,92 @@
       </x:c>
     </x:row>
     <x:row r="47" spans="1:13">
       <x:c r="A47" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B47" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C47" s="4">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D47" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E47" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F47" s="4" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G47" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H47" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J47" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="K47" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="L47" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M47" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:13">
       <x:c r="A48" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B48" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C48" s="4">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D48" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E48" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F48" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G48" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H48" s="4">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I48" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J48" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="K48" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="L48" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M48" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:13">
       <x:c r="A49" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B49" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="C49" s="4">
@@ -3467,51 +3467,51 @@
       </x:c>
     </x:row>
     <x:row r="52" spans="1:13">
       <x:c r="A52" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B52" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C52" s="4">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D52" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E52" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F52" s="4" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G52" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="H52" s="4">
-        <x:v>5</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I52" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J52" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K52" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="L52" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M52" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:13">
       <x:c r="A53" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B53" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C53" s="4">
@@ -4205,51 +4205,51 @@
       </x:c>
     </x:row>
     <x:row r="70" spans="1:13">
       <x:c r="A70" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B70" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C70" s="4">
         <x:v>5</x:v>
       </x:c>
       <x:c r="D70" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E70" s="6" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F70" s="4" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G70" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="H70" s="4">
-        <x:v>2</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I70" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J70" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="K70" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L70" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M70" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:sheetProtection sheet="1" objects="1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId6"/>